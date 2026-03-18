--- v0 (2025-11-06)
+++ v1 (2026-03-18)
@@ -54,6760 +54,6760 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projetos de Lei Ordinária (PL)</t>
   </si>
   <si>
     <t>ALAN JEFFERSON DA SILVEIRA PINTO</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/354/projeto_de_lei_n_313_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/354/projeto_de_lei_n_313_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 313/2023 – AUTOR PODER EXECUTIVO – Dispõe sobre Autorização Legislativa para abertura de Credito Adicional Especial, no Valor de R$ 1.000.000,00 e dá outras providências – Destinado a reforço de dotação orçamentária – Manutenção das Ações de Eventos Turísticos.</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/353/projeto_de_lei_n_314_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/353/projeto_de_lei_n_314_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 314/2023 – AUTOR PODER EXECUTIVO – Dispõe sobre Autorização Legislativa para abertura de Credito Adicional Especial, no Valor de R$ 72.000,00 e dá outras providências – Destinado a criação de ação, natureza de despesa e fonte de destinação de recurso (Execução de Obras de Reforma do Centro do Idoso – Banco Santander Brasil S/A).</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/352/projeto_de_lei_n_315_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/352/projeto_de_lei_n_315_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 315/2023 – AUTOR PODER EXECUTIVO – Dispõe sobre Autorização Legislativa para abertura de Credito Adicional Especial, no Valor de R$ 355.978,29 e dá outras providências – Destinado a criação de natureza de despesa e fonte de destinação de recurso (Serviço de Atendimento Domiciliar ao Idoso - SADI)</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/351/projeto_de_lei_n_316_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/351/projeto_de_lei_n_316_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 316/2023 – AUTOR PODER EXECUTIVO – Dispõe sobre Autorização Legislativa para abertura de Credito Adicional Especial, no Valor de R$ 388.285,84 e dá outras providências – Destinado a criação de natureza de despesa e fonte de destinação de recurso (Projeto Família Guardiã – Banco Santander Brasil S/A)</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
     <t>CHARTON RÊGO</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/350/projeto_de_lei_n_317_2023_autor_charton_rego_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/350/projeto_de_lei_n_317_2023_autor_charton_rego_mdb.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 317/2023 - AUTOR CHARTON RÊGO-MDB - Dá a denominação de Rua ALBA BARBOSA CUNHA na área de expansão Loteamento VERDE VILLA na cidade de Apodi - RN e dá outras providências.</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/349/projeto_de_lei_n_318_2023_autor_charton_rego_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/349/projeto_de_lei_n_318_2023_autor_charton_rego_mdb.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 318/2023 – AUTOR CHARTON RÊGO-MDB - Dá a denominação de Rua FRANCISCO ÂNGELO DE GÓIS na área de expansão Loteamento VERDE VILLA na Cidade de Apodi – RN e da outras providências.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/175/projeto_de_lei_n_319_2023_autor_charton_rego_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/175/projeto_de_lei_n_319_2023_autor_charton_rego_mdb.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 319/2023 - AUTOR CHARTON RÊGO-MDB - Cria e Regula a forma de distribuição do incentivo financeiro do Programa Nacional de melhoria do acesso e da qualidade do centro de especialidades odontológicas - PMAQ - CEO. RETIRADA DE TRAMITAÇÃO A PEDIDO DO AUTOR NO DIA 28 DE FEVEREIRO DE 2024 CONFORME OFICIO N 015/2024. DEFERIDO PELO PRESIDENTE DA CMA 28/02/2024. ARQUIVADA NA SECRETARIA DIA 29 DE FEVEREIRO DE 2024.</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/348/projeto_de_lei_n_320_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/348/projeto_de_lei_n_320_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 320/2023 - AUTOR EXECUTIVO - Altera os anexos da Lei Municipal N° 1597/2020, de 14 de fevereiro de 2020, para reformulação de portes das escolas e reposição salarial dos Diretores das escolas Municipais.</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/347/projeto_de_lei_n_321_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/347/projeto_de_lei_n_321_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 321/2023 - AUTOR PODER EXECUTIVO - Concede reposição salarial aos professores da rede Municipal, regidos pela Lei Municipal N° 585/2009 e profissionais regidos pela Lei Municipal N° 585/2009, de 06 de Março de 2009 e pela Lei Complementar Municipal N° 06/2011, de 26 de Maio de 2011, incorpora gratificação de profissionais médicos e dá outras providências.</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
     <t>Mesa Diretora 2023-2024</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/346/projeto_de_lei_n_322_2023_-_autor_mesa_diretora.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/346/projeto_de_lei_n_322_2023_-_autor_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 322/2023 - AUTOR PODER EXECUTIVO – Cria o cargo de ''Assessor de Comunicação Parlamentar'' no âmbito da estrutura administrativa da Câmara de Vereadores de Apodi e dá outras providências.</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
     <t>ADAILTON TARGINO</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/345/projeto_de_lei_n_323_2023_autor_adailton_targino_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/345/projeto_de_lei_n_323_2023_autor_adailton_targino_mdb.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 323/2023 - AUTOR ADAILTON TARGINO - MDB - Dispõe sobre o reconhecimento do direito da pessoa com Transtorno de Espectro Autista – TEA, portadora da carteira de identificação instituída pela Lei Federal N° 13.977, de 2020, ao estacionamento em vagas de deficientes.</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>GILVAN ALVES</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/344/projeto_de_lei_n_324_2023_autor_gilvan_alves_sd.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/344/projeto_de_lei_n_324_2023_autor_gilvan_alves_sd.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N.º 324/2023 – AUTOR GILVAN ALVES-SSD - Institui no Calendário Oficial do Município de Apodi-RN o “Dia Municipal de Informação e Conscientização sobre Doenças Raras” e a “Semana Municipal de Informação e Conscientização sobre Doenças Raras”.</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/343/projeto_de_lei_n_325_2023_autor_charton_rego_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/343/projeto_de_lei_n_325_2023_autor_charton_rego_mdb.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 325/2023 - AUTOR CHARTON RÊGO-MDB - Dá a denominação de Rua ALBA BARBOSA CUNHA na área de expansão Loteamento VERDE VILLA na cidade de Apodi - RN e dá outras providências.</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/342/projeto_de_lei_n_326_2023_autor_charton_rego_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/342/projeto_de_lei_n_326_2023_autor_charton_rego_mdb.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 326/2023 - AUTOR CHARTON RÊGO - MDB - Dá a denominação de Rua RAIMUNDA ALVES DANTAS na área de expansão Loteamento VERDE VILLA na cidade de Apodi - RN e dá outras providências.</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/341/projeto_de_lei_n_327_2023_autor_charton_rego_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/341/projeto_de_lei_n_327_2023_autor_charton_rego_mdb.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 327/2023 - AUTOR CHARTON RÊGO - MDB - Dá a denominação de Rua ANTÕNIO AÉCIO NORONHA na área de expansão Loteamento VERDE VILLA na cidade de Apodi - RN e dá outras providências.</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
     <t>LAETE OLIVEIRA</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/340/projeto_de_lei_n_328_2023_autor_laete_oliveira_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/340/projeto_de_lei_n_328_2023_autor_laete_oliveira_mdb.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 328/2023 - AUTOR LAETE OLIVEIRA - MDB - Dispõe sobre a denominação do Museu do Índio Luiza Cantofa dá outras providências.</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/339/projeto_de_lei_n_329_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/339/projeto_de_lei_n_329_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 329/2023 – AUTOR PODER EXECUTIVO - ''Altera a lei Municipal Lei N° 1485/2019, que dispõe sobre o Conselho Municipal de Turismo - COMTUR e Fundo Municipal do Turismo - FUMTUR do Município de Apodi/RN e dá outras Providências.</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
     <t>RAILTON DIÓGENES</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/338/projeto_de_lei_n_330_2023_autor_railton_diogenes_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/338/projeto_de_lei_n_330_2023_autor_railton_diogenes_mdb.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 330/2023 – AUTOR RAILTON DIÓGENES-MDB - ASSOCIAÇÃO DOS ESTUDANTES DE NÍVEL TÉCNICO E SUPERIOR DE APODI-AENTES - Declara de utilidade pública a - do Município de Apodi - Rio Grande do Norte.</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/337/projeto_de_lei_n_331_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/337/projeto_de_lei_n_331_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 331/2023 – AUTOR PODER EXECUTIVO - Dispõe sobre autorização legislativa para abertura de crédito adicional suplementar, no valor de R$ 60.000,00 (SESSENTA MIL REAIS), destinado a Reforço de dotação orçamentaria.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/171/projeto_de_lei_n_332_2023_-_autor_laete_oliveira_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/171/projeto_de_lei_n_332_2023_-_autor_laete_oliveira_mdb.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 332/2023 - AUTOR LAETE OLIVEIRA-MDB - Institui na Câmara Municipal de Apodi - RN, o portal Democrático Legislativo e dá outras providências._x000D_
 _x000D_
 ARQUIVADO A PEDIDO DO AUTOR NO DIA 23 DE OUTUBRO DE 2024, E TRANSFORMADO NO PROJETO DE RESOLUÇÃO Nº 065/2024.</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
     <t>JÚNIOR SOUZA</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/336/projeto_de_lei_n_333_2023_-_autor_junior_souza_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/336/projeto_de_lei_n_333_2023_-_autor_junior_souza_mdb.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 333/2023 - AUTOR JUNIOR SOUZA - MDB - ''Dá nome próprio de QUADRA POLIESPORTIVA JOSÉ JAEDSON DE SOUZA MONTEIRO e dá outras providências.'</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/335/projeto_de_lei_n_334_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/335/projeto_de_lei_n_334_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 334/2023 - AUTOR PODER EXECUTIVO - Dispõe sobre autorização legislativa para abertura de crédito adicional especial, no valor de R$ 147.566,10 (CENTO E QUARENTA E SETE MIL QUINHENTOS E SESSENTA E SEIS REAIS E DEZ CENTAVOS), destinado a criação de natureza de despesa e fonte de destinação de recurso - Manutenção das atividades do Programa Feliz e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/334/projeto_de_lei_n_335_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/334/projeto_de_lei_n_335_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 335/2023 - AUTOR PODER EXECUTIVO - Dispõe sobre autorização legislativa para abertura de crédito adicional suplementar, no valor de R$ 5.000,00(CINCO MIL REAIS), destinado á ''Premiação de campeonatos na Zona Rural - Gilberto e Chico Antônio e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/333/projeto_de_lei_n_336_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/333/projeto_de_lei_n_336_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 336/2023 - AUTOR PODER EXECUTIVO - Dispõe sobre autorização legislativa para abertura de crédito adicional suplementar, no valor de R$ 5.000,00(CINCO MIL REAIS), destinado á ''I opa Municipal de Futebol de Sete e Taça José Eufrásio de Lima - Sítio Bamburral'' e dá outras providências</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/332/projeto_de_lei_n_337_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/332/projeto_de_lei_n_337_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 337/2023 - AUTOR PODER EXECUTIVO - Dispõe sobre autorização legislativa para abertura de crédito adicional suplementar, no valor de R$ 10.000,00 (DEZ MIL REAIS), destinado ás '' Ações de combate ao Câncer - via LIGA'' e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/331/projeto_de_lei_n_338_2023_autor_adailton_targino_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/331/projeto_de_lei_n_338_2023_autor_adailton_targino_mdb.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 338/2023 - AUTOR ADAILTON TARGINO - MDB - Dá a denominação de Rua JOÃO TARGINO DE FREITAS na área de expansão NO DISTRITO DE SOLEDADE na Cidade de Apodi – RN e da outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/330/projeto_de_lei_n_339_2023_autor_charton_rego_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/330/projeto_de_lei_n_339_2023_autor_charton_rego_mdb.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 339/2023 - AUTOR CHATON RÊGO-MDB - Dá a denominação de Rua DEUSDETH ALBUQUERQUE RÊGO na área de expansão Loteamento VERDE VILLA na cidade de Apodi-RN e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/329/projeto_de_lei_n_340_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/329/projeto_de_lei_n_340_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 340/2023 - AUTOR PODER EXECUTIVO - Dispõe sobre autorização legislativa para abertura de crédito adicional especial, no valor de R$1.200.000,00 (UM MILHÃO E DUZENTOS MIL REAIS), destinado '' a construção de unidade de ensino na comunidade de santa Rosa'' e dá outra providências.</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/328/projeto_de_lei_n_341_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/328/projeto_de_lei_n_341_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 341/2023 - AUTOR PODER EXECUTIVO - Dispõe sobre autorização legislativa para abertura de crédito adicional especial, no valor de R$900.000,00 (NOVECENTOS MIL REAIS), destinado '' á reforma da unidade de ensino Creche Sonho da Criança e dá outra providências.</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/327/projeto_de_lei_n_342_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/327/projeto_de_lei_n_342_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 342/2023 - AUTOR PODER EXECUTIVO - Dispõe sobre autorização legislativa para abertura de crédito adicional especial, no valor de R$ 618.000,00 (SEIS CENTOS E DEZOITO MIL REAIS), destinado '' Construção de quadras de esportes no Município de Apodi'' e dá outra providências.</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/326/projeto_de_lei_n_343_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/326/projeto_de_lei_n_343_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 343/2023 - AUTOR PODER EXECUTIVO - Dispõe sobre autorização legislativa para abertura de crédito adicional especial, no valor de R$ 134.000,00 (CENTO E TRINTA E QUATRO MIL REIAS), destinado '' Criação de natureza de despesa e fonte de recurso - Manutenção das atividades e serviços administrativos da Secretaria Municipal'' e dá outra providências.</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/325/projeto_de_lei_n_344_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/325/projeto_de_lei_n_344_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 344/2023 - AUTOR PODER EXECUTIVO - Dispõe sobre autorização legislativa para abertura de crédito adicional especial, no valor de R$ 200,00,00 (DUZENTOS MIL REAIS), destinado '' Criação de natureza de despesa e fonte de recurso - pavimentação de logradouros públicos - asfalto'' e dá outra providências.</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/324/projeto_de_lei_n_345_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/324/projeto_de_lei_n_345_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 345/2023 - AUTOR PODER EXECUTIVO - Dispõe sobre autorização legislativa para abertura de crédito adicional especial, no valor de R$ 240.000,00 (DUZENTOS E QUARENTA MIL REAIS), destinado '' Criação de natureza de despesa - pavimentação de logradouros públicos - asfalto'' e dá outra providências.</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/323/projeto_de_lei_n_346_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/323/projeto_de_lei_n_346_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 346/2023 - AUTOR PODER EXECUTIVO - Dispõe sobre o Sistema Municipal de Cultura, cria o Conselho Municipal de Cultura e o Fundo Municipal de Cultura e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/322/projeto_de_lei_n_347_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/322/projeto_de_lei_n_347_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 347/2023 - AUTOR PODER EXECUTIVO - Dispõe sobre Autorização Legislativa para abertura de Crédito Adicional Especial, no valor de R$ 100.000,00 (cem mil reais), destinado ''Criação de fonte de recursos - Manutenção das ações e serviços públicos de Saúde - Atenção Especializada' e dá outra providências.</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/321/projeto_de_lei_n_348_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/321/projeto_de_lei_n_348_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 348/2023 - AUTOR PODER EXECUTIVO - DISPÕE SOBRE AUTORIZAÇÃO LEGISLATIVA PARA ABERTURA DE CRÉDITO ADICIONAL ESPECIAL, NO VALOR DE R$ 111.000,00 (CENTO E ONZE MIL REAIS), DESTINADO Á FONTE DE CRIAÇÃO E DESTINAÇÃO DE RECURSOS - CONCLUSÃO DAS OBRAS DA QUADRA ESCOLAR COBERTA COM VESTIÁRIO NO SÍTO CÓRREGO.</t>
   </si>
   <si>
     <t>EDNARTE SILVEIRA</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/320/projeto_de_lei_n_349_2023_autor_ednarte_silveira_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/320/projeto_de_lei_n_349_2023_autor_ednarte_silveira_mdb.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 349/2023 - AUTOR EDNARTE SILVEIRA - MDB - Dispõe sobre os serviços de coleta de exames laboratoriais nas UBS da Zona Rural do Município de Apodi/RN.</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/319/projeto_de_lei_n_350_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/319/projeto_de_lei_n_350_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 350/2023 - AUTOR PODER EXECUTIVO - Dispõe sobre autorização legislativa para abertura de crédito adicional especial, no valor de R$ 105.802,29 (cento e cinco mil oitocentos e dois reais e vinte e nove centavos), destinado a Manutenção das ações de transporte escolar do ensino fundamental da rede municipal de ensino.</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/318/projeto_de_lei_n_351_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/318/projeto_de_lei_n_351_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 351/2023 - AUTOR PODER EXECUTIVO - Autoriza o município a conceder auxílio financeiro á Cooperativa da Agricultura Familiar de Apodi - COOAFAP, inscrita no CNPJ/MF N°04.652.213/0001-59, com sede na Rua Pedro Velho, n° 22, Bairro Malvinas, Apodi/RN, CEP 59700-000 e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/317/projeto_de_lei_n_352_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/317/projeto_de_lei_n_352_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 352/2023 – AUTOR PODER EXECUTIVO – Autoriza o Município a celebrar TERMO DE CONVÊNIO COM A FUNDAÇÃO SEBASTIÃO LÚCIO DA SILVA - FUNSEL, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/316/projeto_de_lei_n_353_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/316/projeto_de_lei_n_353_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 353/2023 – AUTOR PODER EXECUTIVO –Denomina de Vereador Domingos Freire de Freitas, a Rua inominada no Bairro Betel, que inicia na Rua José Simplício, paralela pelo poente com a rua Manoel Nogueira, nesta cidade e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/315/projeto_de_lei_n_354_2023_autor_charton_rego_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/315/projeto_de_lei_n_354_2023_autor_charton_rego_mdb.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 354/2023 - AUTOR CHARTON RÊGO - MDB - Autoriza a instauração de ações de segurança especializada, no âmbito das Escolas (Públicas/Privadas) no município de Apodi - RN, e dá outras providências.</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/314/projeto_de_lei_n_355_2023_autor_charton_rego_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/314/projeto_de_lei_n_355_2023_autor_charton_rego_mdb.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 355/2023 - AUTOR CHARTON RÊGO - MDB - Dá denominação de RUA ALAÍRES DIAS DE FREITAS (SEU LALÁ) na área de expansão Loteamento VERDE VILLA na cidade de Apodi - RN e dá outras providências.</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/313/projeto_de_lei_n_356_2023_autor_charton_rego_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/313/projeto_de_lei_n_356_2023_autor_charton_rego_mdb.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 356/2023 - AUTOR CHARTON RÊGO - MDB - Dá denominação de Memorial VICÊNCIA FRANCISCA MOTA, no (Canteiro III) localizado a Rua João nogueira, Centro, no âmbito do Município de Apodi - RN, e dá outras providências.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/179/projeto_de_lei_n_357_2023_autor_charton_rego_mdb_aprovado_20231027_0001.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/179/projeto_de_lei_n_357_2023_autor_charton_rego_mdb_aprovado_20231027_0001.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 357/2023 - AUTOR CHARTON RÊGO - MDB - Dá denominação de Memorial MANOEL IRAN NORONHA CORREIA, no (canteiro I) localizado a Rua João Nogueira, Centro, no âmbito do Município de Apodi - RN, e dá outras providências.</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/312/projeto_de_lei_n_358_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/312/projeto_de_lei_n_358_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 358/2023 - AUTOR PODER EXECUTIVO - Dispõe sobre autorização legislativa abertura de crédito adicional suplementar, no valor de R$ 728.000,00 (SETECENTOS E VINTE E OITO MIL REAIS), destinado a "Reforço de Dotação Orçamentária" - Remuneração de pessoal Ativo e Encargos Sociais dos Servidores da Câmara Municipal de Vereadores de Apodi.</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/311/projeto_de_lei_n_359_2023_autor_poder_executivo_20230728_0001.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/311/projeto_de_lei_n_359_2023_autor_poder_executivo_20230728_0001.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 359/2023 - AUTOR PODER EXECUTIVO – Dispõe sobre autorização legislativa para abertura de Crédito Adicional Suplementar, no Valor de R$ 865.256,28 (oitocentos e sessenta e cinco mil duzentos e cinquenta e seis reais e vinte e oito centavos), destinado a ''Reforço de Dotação Orçamentária'' - Remuneração de Agentes políticos e encargos sociais dos servidores da Câmara Municipal de Vereadores de Apodi.</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/310/projeto_de_lei_n_360_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/310/projeto_de_lei_n_360_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 360/2023 - AUTOR PODER EXECUTIVO - Dispõe sobre autorização legislativa para abertura de crédito adicional especial, no valor de R$ 90.123,12 (noventa mil, cento e vinte e três reais e doze centavos), destinado a ''Criação de Fonte de Recurso'' - Pavimentação de logradouros públicos - asfalto.</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/309/projeto_de_lei_n_361_2023_autor_charton_rego_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/309/projeto_de_lei_n_361_2023_autor_charton_rego_mdb.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 361/2023 - AUTOR CHARTON RÊGO-MDB - Dá denominação de Memorial DEUSDETH ALBUQUERQUE RÊGO, no (Canteiro III) localizado a Rua João Nogueira, Centro, no âmbito do Município de Apodi - RN, e dá outras providências.</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/308/projeto_de_lei_n_362_2023_autor_charton_rego_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/308/projeto_de_lei_n_362_2023_autor_charton_rego_mdb.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 362/2023 - AUTOR CHARTON RÊGO-MDB - Dá denominação de RUA JOSÉ HILÁRIO DA COSTA na área de expansão Loteamento VERDE VILLA na cidade de Apodi - RN e dá outras providências.</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/182/projeto_de_lei_n_363_2023_-_autor_railton_diogenes_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/182/projeto_de_lei_n_363_2023_-_autor_railton_diogenes_mdb.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 363/2023 - AUTOR RAILTON DIÓGENES-MDB - Dispõe sobre a prestação de serviços de psicologia e de serviço social nas redes públicas de educação básica do município de Apodi/RN, entre outras providências.</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/307/projeto_de_lei_n_364_2023_-_autor_adailton_targino_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/307/projeto_de_lei_n_364_2023_-_autor_adailton_targino_mdb.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 364/2023 - AUTOR ADAILTON TARGINO - MDB - Altera e acresce dispositivos na Lei Complementar N° 016, de 04 de Abril de 2022 e dá outras providências. (Novo Código Tributário do Município de Apodi/RN).</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/306/projeto_de_lei_n_365_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/306/projeto_de_lei_n_365_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 365/2023 - AUTOR PODER EXECUTIVO – Dispõe sobre as diretrizes para a elaboração e execução da Lei Orçamentária Anual do Municipio de Apodi para o exercício de 2024, e dá outras providências.</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/305/projeto_de_lei_366_2023_autor__20230505_0001.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/305/projeto_de_lei_366_2023_autor__20230505_0001.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 366/2023 - AUTOR JUNIOR SOUZA - MDB – Institui a Semana “Crianças Salvam Vidas” nas escolas públicas municipais de Apodi e dá outras providencias.</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/304/projeto_de_lei_n_367_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/304/projeto_de_lei_n_367_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 367/2023 - AUTOR PODER EXECUTIVO - Institui o Plano Municipal de Saneamento Básico, instrumento da Política Municipal de Saneamento Básico de Apodi e dá outras providências.</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/303/projeto_de_lei_n_368_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/303/projeto_de_lei_n_368_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 368/2023 - AUTOR PODER EXECUTIVO - Dispõe sobre a criação da ''Escola Municipal MARIA CEZARINA DE OLIVEIRA - Escola do Campo'' e d´outras providências.</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/302/projeto_de_lei_n_369_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/302/projeto_de_lei_n_369_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 369/2023 - AUTOR PODER EXECUTIVO - Dispõe sobre autorização legislativa para abertura de crédito adicional especial, no valor de R$ 50.000,00(CINQUENTA MIL REAIS), destinado à ''Criação da Ação de judicialização da Saúde no Município de Apodi.</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/301/projeto_de_lei_n_370_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/301/projeto_de_lei_n_370_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 370/2023 - AUTOR PODER EXECUTIVO - Autoriza o Poder Executivo a Ratificar sua participação no Consórcio Intermunicipal Multifinalitário dos Municípios do Oeste Potiguar - CIMOP, bem como a adequar sua execução orçamentária ao novo regime jurídico adotado para Consórcios Públicos, na forma e condições previstas pela Lei Federal n° 11.107/2005 e dá outras providências.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/176/projeto_de_lei_n_371_2023_-_autor_charton_rego_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/176/projeto_de_lei_n_371_2023_-_autor_charton_rego_mdb.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 371/2023 - AUTOR CHARTON RÊGO - MDB - Autoriza o poder executivo a implantar o ensino do ''Legislativo na Escola'', nas escolas da rede municipal de ensino do Município de Apodi e dá outras providências.</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/300/projeto_de_lei_n_372_2023_-_autor_poder_legislativo_complementar.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/300/projeto_de_lei_n_372_2023_-_autor_poder_legislativo_complementar.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 372/2023 - AUTOR PODER LEGISLATIVO - Declara os Feriados Municipais do município de Apodi-RN, e dá outras providências.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/177/projeto_de_lei_n_373_2023_-_autor_charton_rego_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/177/projeto_de_lei_n_373_2023_-_autor_charton_rego_mdb.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 373/2023 - AUTOR CHARTON RÊGO - MDB - Autoriza o poder executivo a implantar o ensino da cartilha ''Maria da penha em Miúdos'', nas escolas da rede municipal de ensino do município de Apodi -RN e dá outras providências.</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/299/projeto_de_lei_n_374_2023_-_autor_charton_rego_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/299/projeto_de_lei_n_374_2023_-_autor_charton_rego_mdb.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 374/2023 - AUTOR CHARTON RÊGO - MDB - Autoriza o poder executivo a implantar o ensino do ''ECA (ESTATUTO DA CRIANÇA E DO ADOLESCENTE) em Miúdos'', nas escolas da rede municipal de ensino do município de Apodi-RN e dá outras providências.</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/298/projeto_de_lei_n_375_2023_-_autor_laete_oliveira_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/298/projeto_de_lei_n_375_2023_-_autor_laete_oliveira_mdb.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 375/2023 - AUTOR LAETE OLIVEIRA-MDB - Declara de utilidade pública a Associação dos Produtores Rurais do Sítio Queimadas, do Município de Apodi/RN - Rio Grande do Norte.</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/297/projeto_de_lei_n_376_2023_autor_charton_rego_mdb_20230517_0001.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/297/projeto_de_lei_n_376_2023_autor_charton_rego_mdb_20230517_0001.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 376/2023 - AUTOR CHARTON REGO-MDB – Revoga a Lei Municipal Nº 1971/2023 que dá a denominação de Rua DEUSDETH ALBUQUERQUE RÊGO, na área de expansão Loteamento Verde Villa e denomina de rua JOSÉ HILÁRIO DA COSTA na cidade de Apodi-RN e dá outras providências.</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/296/projeto_de_lei_n_377_2023_autor_poder_executivo_20230728_0001.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/296/projeto_de_lei_n_377_2023_autor_poder_executivo_20230728_0001.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 377/2023 - AUTOR PODER EXECUTIVO - Dispõe sobre autorização legislativa para abertura de crédito adicional especial, no valor de R$ 162.000,00 (cento e sessenta e dois mil reais) – Destinado a ''Criação de natureza de despesa'' - Gestão de Emendas Parlamentares Impositivas – UNIVAP R$ 70.000,00 / Associação Raimundo Dantas R$ 79.500,00 / Core Resgate - Bombeiro Profissional R$ 12.500,00 – Total das Emendas Impositivas 162.000,00.</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/295/projeto_de_lei_n_378_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/295/projeto_de_lei_n_378_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 378/2023 - AUTOR PODER EXECUTIVO - Dispõe sobre autorização legislativa para abertura de crédito adicional suplementar, no Valor de R$ 15.000,00 (quinze mil reais) e dá outras providencias – Destinado a Manutenção das atividades e serviços administrativos da Câmara Municipal de Vereadores de Apodi.</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/294/projeto_de_lei_n_379_2023_-_autor_adailton_targino_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/294/projeto_de_lei_n_379_2023_-_autor_adailton_targino_mdb.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 379/2023 - AUTOR ADAILTON TARGINO - MDB - Dá a denominação de Rua SEBASTIÃO GOMES PINTO na área de expansão no bairro MISSÕES na Cidade de Apodi-RN e da outras providências.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>JÚNIOR CARLOS</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/181/projeto_de_lei_n_380_2023_autor_junior_carlos_oficial_20230824_0001.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/181/projeto_de_lei_n_380_2023_autor_junior_carlos_oficial_20230824_0001.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N.º 380/2023 – AUTOR JÚNIOR CARLOS – PSB - Dispõe sobre autorização para distribuição de absorventes higiênicos para mulheres/estudantes de baixa renda, em situação de vulnerabilidade e/ou risco social e dá outras providencias.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/178/projeto_de_lei_n_381_2023_-_autor_charton_rego_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/178/projeto_de_lei_n_381_2023_-_autor_charton_rego_mdb.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 381/2023 - AUTOR CHARTON RÊGO - MDB - Autoriza o Município de Apodi - RN a dispor sobre jornada de trabalho e implementar o piso mínimo salarial para os profissionais de enfermagem no âmbito do Município e dá outras providências.</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/293/projeto_de_lei_n_382_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/293/projeto_de_lei_n_382_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 382/2023 - AUTOR PODER EXECUTIVO - Dispõe sobre a autorização para abertura de crédito adicional especial, no valor de R$ 100.000,00 (CEM MIL REAIS), destinado à ''Acordo de Cooperação Técnica e Financeira com o Serviço de Apoio ás Micros e pequenas Empresas do Rio Grande Do Norte - SEBRAE/RN''.</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/292/projeto_de_lei_n_383_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/292/projeto_de_lei_n_383_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 383/2023 - AUTOR PODER EXECUTIVO - Dispõe sobre a alienação mediante doação de terreno ao serviço de apoio ás micro e pequenas empresas do Rio Grande do Norte - SEBRAE/RN para fins de construção e instalação de sede própria no Município de Apodi.</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/291/projeto_de_lei_n_384_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/291/projeto_de_lei_n_384_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 384/2023 - AUTOR PODER EXECUTIVO - Dispõe sobre a Autorização Legislativa para Abertura de Crédito Adicional Especial, no Valor de R$ 85.000,00 (oitenta e cinco mil reais) e dá outras providências. Destinado a ''Criação de natureza de despesa'' - Emendas Parlamentares.</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/290/projeto_de_lei_n_385_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/290/projeto_de_lei_n_385_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 385/2023 - AUTOR PODER EXECUTIVO - Dispõe sobre a Autorização Legislativa para Abertura de Crédito Adicional Suplementar, no Valor de R$ 35.000,00 (trinta e cinco mil reais) e dá outras providências. Destinado a ''Criação de natureza de despesa'' - Emendas Parlamentares.</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/289/projeto_de_lei_n_386_2023_-_autor_laete_oliveira_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/289/projeto_de_lei_n_386_2023_-_autor_laete_oliveira_mdb.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N.º 386/2023 – AUTOR LAETE OLIVEIRA –MDB - Altera dispositivos, da lei municipal 1865/2022 que dispõe sobre a regulamentação da pesca nos reservatórios, rios e seus afluentes nos limites do município e a inclusão do tucunaré cichla spp como espécie integrante as demais espécies nativas, que devam ser preservadas, e dá outras providências.</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
     <t>ANDREAZO ALVES</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/288/projeto_de_lei_n_387_2023_-_autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/288/projeto_de_lei_n_387_2023_-_autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 387/2023 - AUTOR ANDREAZO ALVES-PL - Declara de utilidade pública a ASSOCIAÇÃO DOS AGRICULTORES DO SÍTIO RIO NOVO E COMUNIDADES ADJACENTES - do Município de Apodi - Rio Grande do Norte.</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/183/projeto_de_lei_n_388_2023_-_autor_railton_diogenes_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/183/projeto_de_lei_n_388_2023_-_autor_railton_diogenes_mdb.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 388/2023 - AUTOR RAILTON DIÓGENES-MDB- Altera a Ementa da LEI MUNICIPAL Nº 1.675/2021 de 19 de fevereiro de 2021 – Dispõe sobre a autorização ao executivo municipal de inserir um(a) intérprete da Língua Brasileira de Sinais (LIBRAS), em todos os eventos públicos oficiais do Governo Municipal e Câmara Municipal.</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/287/projeto_de_lei_n_389_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/287/projeto_de_lei_n_389_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 389/2023 - AUTOR PODER EXECUTIVO - Dispõe sobre Autorização Legislativa para abertura de Crédito Adicional Especial, no Valor de R$ 495.000,00 (quatrocentos e noventa e cinco mil reais), destinado a ''Criação de ação e natureza de despesa'' - Gestão de Emendas Parlamentares Impositivas.</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/286/projeto_de_lei_n_390_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/286/projeto_de_lei_n_390_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 390/2023-AUTOR PODER EXECUTIVO - Dispõe sobre autorização para abertura de crédito adicional especial, no valor de R$ 498.925,00 (quatrocentos e noventa e oito mil e novecentos e vinte cinco reais), destinado ''criação de fonte de destinação de recurso'' - Manutenção das Ações de Incentivo a Agricultura e Pecuária.</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/285/projeto_de_lei_n_391_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/285/projeto_de_lei_n_391_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 391/2023-AUTOR PODER EXECUTIVO - Dispõe sobre autorização legislativa para abertura de crédito adicional especial, no valor de R$ 420.000,00 (quatrocentos e vinte mil reais), destinado ao ''Centro Social Bom Samaritano com a finalidade de Pavimentação de logradouros Públicos - Paralelepípedos - Obras de instalações da Vila Principal do Sítio Góis''.</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/284/projeto_de_lei_n_392_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/284/projeto_de_lei_n_392_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 392/2023 - AUTOR PODER EXECUTIVO - Dispõe sobre autorização legislativa para abertura de crédito adicional especial, no valor de R$ 136.322,23 (cento e trinta e seis mil trezentos e vinte e dois reais e vinte e três centavos), destinado ''Conclusão da UBS do CAIC''.</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/283/projeto_de_lei_n_393_2023_-_autor_mesa_diretora_2023_2024.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/283/projeto_de_lei_n_393_2023_-_autor_mesa_diretora_2023_2024.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 393/2023 - AUTOR MESA DIRETORA - Fixa o subsídio mensal do Prefeito, do Vice-Prefeito, dos Vereadores, do Procurador Geral do Município, dos Secretários Municipais, para o período de Legislatura de 2025 a 2028, e dá outras providências.</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1/projeto_de_lei_n_394_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1/projeto_de_lei_n_394_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 394/2023 - AUTOR PODER EXECUTIVO - AUTORIZA O PODER EXECUTIVO A PATROCINAR PARTE DAS DESPESAS COM PREMIAÇÃO DA XXXVI GRANDE VAQUEJADA DE APODI, NO PARQUE FRANCISCO JOAQUIM DE SALES, ATÉ O LIMITE E NA FORMA ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/2/projeto_de_lei_n_395_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/2/projeto_de_lei_n_395_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 395/2023 - AUTOR PODER EXECUTIVO - CRIA A JUNTA DE SERVIÇO MILITAR NO MUNICÍPIO DE APODI, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/3/projeto_de_lei_n_396_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/3/projeto_de_lei_n_396_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 396/2023 - AUTOR PODER EXECUTIVO - DISPÕE SOBRE AUTORIZAÇÃO LEGISLATIVA PARA ABERTURA DE CRÉDITO ADICIONAL ESPECIAL, NO VALOR DE R$ 17.000,00 (DEZESSETE MIL REAIS) E DÁ OUTRAS PROVIDÊNCIAS - SEMANA DA CAPOEIRA - AMPC - GESTÃO DE EMENDAS PARLAMENTARES IMPOSITIVAS.</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/4/projeto_de_lei_n_397_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/4/projeto_de_lei_n_397_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 397/2023 - AUTOR PODER EXECUTIVO - DISPÕE SOBRE AUTORIZAÇÃO LEGISLATIVA PARA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR, NO VALOR DE R$ 10.000,00 (DEZ MIL REAIS) E DÁ OUTRAS PROVIDÊNCIAS. - ADESÃO AO COPIRN.</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/5/projeto_de_lei_n_398_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/5/projeto_de_lei_n_398_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 398/2023 - AUTOR PODER EXECUTIVO - DISPÕE SOBRE AUTORIZAÇÃO LEGISLATIVA PARA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR, NO VALOR DE R$ 5.000,00 (CINCO MIL REAIS) E DÁ OUTRAS PROVIDÊNCIAS- MANUTENÇÃO DAS ATIVIDADE E SERVIÇOS ADMINISTRATIVOS DA SECRETARIA MUNICIPAL.</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/6/projeto_de_lei_n_399_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/6/projeto_de_lei_n_399_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 399/2023 - AUTOR PODER EXECUTIVO - DISPÕE SOBRE AUTORIZAÇÃO LEGISLATIVA PARA ABERTURA DE CRÉDITO ADICIONAL ESPECIAL, NO VALOR DE R$ 107.330,82 (CENTO E SETE MIL TREZENTOS E TRINTA REAIS E OITENTA E DOIS CENTAVOS) E DÁ OUTRAS PROVIDÊNCIAS - GESTÃO DE EMENDAS PARLAMENTARES IMPOSITIVAS.</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/7/projeto_de_lei_n_400_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/7/projeto_de_lei_n_400_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 400/2023 - AUTOR PODER EXECUTIVO - DISPÕE SOBRE AUTORIZAÇÃO LEGISLATIVA PARA ABERTURA DE CRÉDITO ADICIONAL ESPECIAL, NO VALOR DE R$ 34.000,00 (TRINTA E QUATRO MIL REAIS) E DÁ OUTRAS PROVIDÊNCIAS - GESTÃO DE EMENDAS PARLAMENTARES IMPOSITIVAS.</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/8/projeto_de_lei_n_401_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/8/projeto_de_lei_n_401_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 401/2023 - AUTOR PODER EXECUTIVO - DISPÕE SOBRE AUTORIZAÇÃO LEGISLATIVA PARA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR, NO VALOR DE R$ 5.000,00 (CINCO MIL REAIS) E DÁ OUTRAS PROVIDÊNCIAS - MANUTENÇÃO DAS AÇÕES DE INCENTIVO AO DESPORTO AMADOR.</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/9/projeto_de_lei_n_402_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/9/projeto_de_lei_n_402_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 402/2023 - AUTOR PODER EXECUTIVO - “ALTERA O ARTIGO 4º DA LEI MUNICIPAL N° 1.496/2019, DE 12 DE AGOSTO DE 2019, READEQUANDO O PRAZO LIMITE PARA A DOAÇÃO COM ENCARGO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/164/projeto_de_lei_n_403_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/164/projeto_de_lei_n_403_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N°403/2023 - AUTOR PODER EXECUTIVO - DISPÕE SOBRE AUTORIZAÇÃO LEGISLATIVA PARA ABERTURA DE CRÉDITO ADICIONAL ESPECIAL, NO VALOR DE R$ 256.457,94 (DUZENTOS E CINQUENTA E SEIS MIL QUATROCENTOS E CINQUENTA E SETE REAIS E NOVENTA E QUATRO CENTAVOS), ''DESTINADO Á CRIAÇÃO DE NATUREZA E FONTE DE DESTINAÇÃO DE RECURSO'' - PAVIMENTAÇÃO DE LOGRADOUROS PÚBLICOS - PARALELEPÍPEDOS.</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/387/projeto_de_lei_n_404_2023_autor_adailton_targino_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/387/projeto_de_lei_n_404_2023_autor_adailton_targino_mdb.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 404/2023 - AUTOR ADAILTON TARGINO - MDB - Dispõe sobre a regulamentação da atividade de CONDUTOR TURISTICO LOCAL - CTL no Município de Apodi/RN e dá outras providências.</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/388/projeto_de_lei_n_405_2023_autor_adailton_targino_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/388/projeto_de_lei_n_405_2023_autor_adailton_targino_mdb.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 405/2023 - AUTOR ADAILTON TARGINO - MDB - Dá a denominação de Rua FRANCISCO XAVIER JUSTINO na área de expansão no bairro MISSÕES na Cidade de Apodi-RN e da outras providências.</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/389/projeto_de_lei_n_406_2023_autor_adailton_targino_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/389/projeto_de_lei_n_406_2023_autor_adailton_targino_mdb.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N°406/2023 - AUTOR ADAILTON TARGINO - MDB - Declara de utilidade pública à ASSOCIAÇÃO COMERCIAL E EMPRESARIAL DE APODI - do Município de Apodi - Rio Grande do Norte. Encaminhado as Comissões na Sessão Ordinária do dia 1º de agosto de 2023. Aprovado na Sessão Ordinária do dia 10 de agosto de 2023. LEI MUNICIPAL Nº 2030/2023 DE 17 DE AGOSTO 2023 - PLL nº. 406/2023 Autor, Adailton José Targino-MDB - Declara de utilidade pública à ASSOCIAÇÃO COMERCIAL E EMPRESARIAL DE APODI - do Município de Apodi - Rio Grande do Norte. Matéria publicada no Diário Oficial dos Municípios do Estado do Rio Grande do Norte no dia 18/08/2023. Edição 3100</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/581/projeto_de_lei_n_407_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/581/projeto_de_lei_n_407_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 407/2023, DE 07 DE AGOSTO DE 2023 – AUTOR PODER EXECUTIVO - AUTORIZA O MUNICÍPIO E A CÂMARA MUNICIPAL A CELEBRAREM CONVÊNIOS COM INSTITUIÇÕES EDUCACIONAIS PRIVADAS QUE TENHAM POR OBJETIVO A QUALIFICAÇÃO DE SERVIDORES E DÁ OUTRAS PROVIDÊNCIAS. Aprovado na Sessão Ordinária do dia 24 de agosto de 2023</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/582/projeto_de_lei_n_408_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/582/projeto_de_lei_n_408_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 408/2023, DE 07 DE AGOSTO DE 2023 2023 – AUTOR PODER EXECUTIVO - DISPÕE SOBRE AUTORIZAÇÃO LEGISLATIVA PARA ABERTURA DE CRÉDITO ADICIONAL ESPECIAL, NO VALOR DE R$ 653.000,00 (SEISCENTOS E CINQUENTA E TRÊS MIL REAIS) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/583/projeto_de_lei_n_409_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/583/projeto_de_lei_n_409_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 409/2023, DE 07 DE AGOSTO DE 2023 2023 – AUTOR PODER EXECUTIVO - DISPÕE SOBRE AUTORIZAÇÃO LEGISLATIVA PARA ABERTURA DE CRÉDITO ADICIONAL ESPECIAL, NO VALOR DE R$ 750.000,00 (SETECENTOS E CINQUENTA MIL REAIS) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/773/projeto_de_lei_n_410_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/773/projeto_de_lei_n_410_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 410/2023 - AUTOR PODER EXECUTIVO - DISPÕE SOBRE AUTORIZAÇÃO LEGISLATIVA PARA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR, NO VALOR DE R$ 30.037,73 (TRINTA MIL TRINTA E SETE REAIS E SETENTA E TRÊS CENTAVOS), DESTINADO Á EMENDAS PARLAMENTARES DO VEREADOR JÚNIOR CARLOS - ''ASSOCIAÇÃO DOS SÍTIOS REUNIDOS DE BAIXA FECHADA I E CARAFOSCA''</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/774/projeto_de_lei_n_411_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/774/projeto_de_lei_n_411_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 411/2023 - AUTOR PODER EXECUTIVO - DISPÕE SOBRE AUTORIZAÇÃO LEGISLATIVA PARA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR, NO VALOR DE R$ 12.500,00 (DOZE MIL E QUINHENTOS REAIS), DESTINADO Á EMENDAS PARLAMENTARES DOS VEREADORES FILIPE GUSTAVO - RAILTON DIÓGENES - JUNIOR SOUZA, ''AENTS- ASSOCIAÇÃO DE ESTUDANTES DE NÍVEL TÉCNICO E SUPERIOR DE APODI''</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/775/projeto_de_lei_n_412_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/775/projeto_de_lei_n_412_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 412/2023 - AUTOR PODER EXECUTIVO - DISPÕE SOBRE AUTORIZAÇÃO LEGISLATIVA PARA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR, NO VALOR DE R$ 10.000,00 (DEZ MIL REAIS), DESTINADO Á EMENDAS PARLAMENTARES DOS VEREADORES ALEXANDRE ALVES - JUNIOR CARLOS, - SECRETARIA MUNICIPAL DE JUVENTUDE, ESPORTE E LAZER.</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/776/projeto_de_lei_n_413_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/776/projeto_de_lei_n_413_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 413/2023 - AUTOR PODER EXECUTIVO - NOVA REDAÇÃO - DISPÕE SOBRE AUTORIZAÇÃO LEGISLATIVA PARA ABERTURA DE CRÉDITO ADICIONAL ESPECIAL, NO VALOR DE R$ 104.000,00 (CENTO E QUATRO MIL REAIS), DESTINADO Á EMENDAS PARLAMENTARES DOS VEREADORES LAETE OLIVEIRA - GILVAN ALVES - JUNIOR SOUZA, - SECRETARIA MUNICIPAL TRANSPORTES E OBRAS PÚBLICAS.</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/777/projeto_de_lei_n_414_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/777/projeto_de_lei_n_414_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 414/2023 - AUTOR PODER EXECUTIVO - DISPÕE SOBRE AUTORIZAÇÃO LEGISLATIVA PARA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR, NO VALOR DE R$ 295.372,32 (DUZENTOS E NOVENTA E CINCO MIL TREZENTOS E SETENTA E DOIS REAIS E TRINTA E DOIS CENTAVOS) DESTINADO A EMENDAS PARLAMENTARES DOS VEREADORES ANDREAZO ALVES - ADAILTON TARGINO - JUNIOR SOUZA - ÂNGELO SUASSUNA - CARLINHOS DE DANDÃO - ALEXANDRE ALVES - ANDREAZO ALVES - CHARTON RÊGO - FILIPE GUSTAVO - JÚNIOR CARLOS, - ''ASSOCIAÇÃO APODI FUTEBOL CLUBE''.</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/778/projeto_de_lei_n_415_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/778/projeto_de_lei_n_415_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 415/2023 - AUTOR PODER EXECUTIVO - DISPÕE SOBRE AUTORIZAÇÃO LEGISLATIVA PARA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR, NO VALOR DE R$ 18.500,00 (DEZOITO MIL E QUINHENTOS REAIS), DESTINADO Á EMENDAS PARLAMENTAR DO VEREADOR CHARTON RÊGO, - ''ASSOCIAÇÃO DOS MINI PRODUTORES DE CÓRREGO E SÍTIOS REUNIDOS.</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/784/projeto_de_lei_n_416_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/784/projeto_de_lei_n_416_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 416/2023 - AUTOR PODER EXECUTIVO - DISPÕE SOBRE AUTORIZAÇÃO LEGISLATIVA PARA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR, NO VALOR DE R$ 5.000,00 (CINCO MIL REAIS), DESTINADO A EMENDA PARLAMENTAR DO VEREADOR FILIPE GUSTAVO - SECRETARIA MUNICIPAL DE URBANISMO E SERVIÇOS URBANOS.</t>
   </si>
   <si>
     <t>1088</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1088/projeto_de_lei_n_417_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1088/projeto_de_lei_n_417_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 417/2023 - AUTOR PODER EXECUTIVO - DISPÕE SOBRE AUTORIZAÇÃO LEGISLATIVA PARA ABERTURA DE CRÉDITO ADICIONAL ESPECIAL, NO VALOR DE R$ 332.513,69 (TREZENTOS E TRINTA E DOIS MIL QUINHENTOS E TREZE REAIS E SESSENTA E NOVE CENTAVOS), ''CRIAÇÃO DE AÇÃO E NATUREZA DE DESPESA E FONTE DE DESTINAÇÃO DE RECURSO - AÇÕES EMERGENCIAIS AO SETOR DE CULTURA - LEI PAULO GUSTAVO.</t>
   </si>
   <si>
     <t>1089</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1089/projeto_de_lei_n_418_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1089/projeto_de_lei_n_418_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 418/2023 - AUTOR PODER EXECUTIVO - DISPÕE SOBRE AUTORIZAÇÃO LEGISLATIVA PARA ABERTURA DE CRÉDITO ADICIONAL ESPECIAL, NO VALOR DE R$ 4.000,00 (QUATRO MIL REAIS), DESTINADO A EMENDAS PARLAMENTARES DO VEREADOR EDNARTE SILVEIRA - MANUTENÇÃO DE SERVIÇOS DE TRANSPORTES DA SECRETARIA MUNICIPAL DE EDUCAÇÃO.</t>
   </si>
   <si>
     <t>1090</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1090/projeto_de_lei_n_419_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1090/projeto_de_lei_n_419_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 419/2023 - AUTOR PODER EXECUTIVO - DISPÕE SOBRE AUTORIZAÇÃO LEGISLATIVA PARA ABERTURA DE CRÉDITO ADICIONAL ESPECIAL, NO VALOR DE R$ 221.000,00 (DUZENTOS E VINTE UM MIL REAIS), DESTINADO A ''CRIAÇÃO DE FONTE DE DESTINAÇÃO DE RECURSO - MANUTENÇÃO DAS AÇÕES E SERVIÇOS PÚBLICOS DE SAÚDE - ATENÇÃO PRIMARIA - AGENTES COMUNITÁRIOS DE SAÚDE - ACS</t>
   </si>
   <si>
     <t>1100</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1100/projeto_de_lei_n_420_2023_-_autor_laete_oliveira_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1100/projeto_de_lei_n_420_2023_-_autor_laete_oliveira_mdb.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 420/2023 -  AUTOR LAETE OLIVEIRA-MDB - AUTORIZA O PODER EXECUTIVO MUNICIPAL A CRIAR A COMPANHIA DE ÁGUAS DE APODI E A ELA CONCEDER A PRESTAÇÃO DE SERVIÇOS DE SANEAMENTO BÁSICO NO MUNICÍPIO DE APODI, E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 _x000D_
 ARQUIVADO A PEDIDO DO AUTOR NAS SALA DAS COMISSÕES NO DIA 19/11/2024.</t>
   </si>
   <si>
     <t>1101</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1101/projeto_de_lei_n_421_2023_-_autor_laete_oliveira_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1101/projeto_de_lei_n_421_2023_-_autor_laete_oliveira_mdb.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 421/2023 - AUTOR LAETE OLIVEIRA-MDB - Dispõe sobre a denominação da quadra de esportes Genildo Praxedes de Oliveira, localizada no Projeto de Assentamento São Manoel, zona rural do Município de Apodi e dá outras providências.</t>
   </si>
   <si>
     <t>1103</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1103/projeto_de_lei_n_422_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1103/projeto_de_lei_n_422_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 422/2023 - AUTOR PODER EXECUTIVO - DISPÕE SOBRE AUTORIZAÇÃO LEGISLATIVA PARA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR, NO VALOR DE R$ 25.509,59 (VINTE E CINCO MIL QUINHENTOS E NOVE REAIS E CINQUENTA E NOVE CENTAVOS), DESTINADO A EMENDAS PARLAMENTARES DO VEREADOR EDNARTE SILVEIRA - ASSOCIAÇÃO COMUNITÁRIA DOS SÍTIOS CARPINA E VÁRZEA DA CARREIRA. Aprovado na Sessão Ordinária do dia 24 de agosto de 2023</t>
   </si>
   <si>
     <t>1104</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1104/projeto_de_lei_n_423_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1104/projeto_de_lei_n_423_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 423/2023 - AUTOR PODER EXECUTIVO - DISPÕE SOBRE AUTORIZAÇÃO LEGISLATIVA PARA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR, NO VALOR DE R$ 5.000,00 (CINCO MIL REAIS), DESTINADO A EMENDAS PARLAMENTARES DO VEREADOR CHARTON RÊGO - DESTINADA Á INSTALAÇÃO DE ADUTORA DO P A MILAGRES. Aprovado na Sessão Ordinária do dia 24 de agosto de 2023</t>
   </si>
   <si>
     <t>1356</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1356/projeto_de_lei_n_424_2023_autor_poder_executivo_20230904_0001.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1356/projeto_de_lei_n_424_2023_autor_poder_executivo_20230904_0001.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 424/2023 - AUTOR PODER EXECUTIVO – DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DO POLO UNIVERSITÁRIO DE APOIO PRESENCIAL DA UNIVERSIDADE ABERTA DO BRASIL-UAB NO ÂMBITO DO MUNICIPIO DE APODI-RN E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1436</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1436/projeto_de_lei_n_425_2023_-_autor_charton_rego_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1436/projeto_de_lei_n_425_2023_-_autor_charton_rego_mdb.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 425/2023 - AUTOR CHARTON RÊGO-MDB - Denomina o Centro de Idoso Flor da Idade de CENTRO DO IDOSO PAULO DO RÊGO ALBUQUERQUE na cidade de Apodi - RN e dá outras providências.</t>
   </si>
   <si>
     <t>1437</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1437/projeto_de_lei_n_426_2023_-_autor_adailton_targino_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1437/projeto_de_lei_n_426_2023_-_autor_adailton_targino_mdb.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 426/2023 - AUTOR ADAILTON ATRGINO - MDB - Dispõe sobre à criação do Programa Educação no Trânsito nas escolas da rede pública e privada no Município de Apodi/RN e dá outras providências.</t>
   </si>
   <si>
     <t>1438</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1438/projeto_de_lei_n_427_2023_-_autor_charton_rego_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1438/projeto_de_lei_n_427_2023_-_autor_charton_rego_mdb.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 427/2023 - AUTOR CHARTON RÊGO - MDB - Dispõe sobre a instituição de cadastro e do ''Cartão de Identificação para Pessoa com Lupus Eritematoso Sistêmico(LES)", no Município de Apodi - RN, e dá outras providências.</t>
   </si>
   <si>
     <t>1532</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1532/projeto_de_lei_n_428_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1532/projeto_de_lei_n_428_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 428/2023 - AUTOR PODER EXECUTIVO - DISPÕE SOBRE AUTORIZAÇÃO LEGISLATIVA PARA ABERTURA DE CRÉDITO ADICIONAL ESPECIAL, NO VALOR DE R$ 259.278,45 (DUZENTOS E CINQUENTA E NOVE MIL DUZENTOS E SETENTA E OITO REAIS E QUARENTA E CINCO CENTAVOS), DESTINADO Á ''CONCLUSÃO DAS OBRAS DO CEMITÉRIO PÚBLICO - 1° ETAPA''</t>
   </si>
   <si>
     <t>1533</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1533/projeto_de_lei_n_429_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1533/projeto_de_lei_n_429_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 429/2023 - AUTOR PODER EXECUTIVO - DISPÕE SOBRE AUTORIZAÇÃO LEGISLATIVA PARA ABERTURA DE CRÉDITO ADICIONAL ESPECIAL, NO VALOR DE R$ 108.493,22 (CENTO E OITO MIL QUATROCENTOS E NOVENTA E TRÊS REAIS E VINTE E DOIS CENTAVOS) E DÁ OUTRAS PROVIDÊNCIAS - DESTINADO Á CONCLUSÃO DAS OBRAS DO GINÁSIO DO CÓRREGO.</t>
   </si>
   <si>
     <t>1534</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1534/projeto_de_lei_n_430_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1534/projeto_de_lei_n_430_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 430/2023 - AUTOR PODER EXECUTIVO - DISPÕE SOBRE AUTORIZAÇÃO LEGISLATIVA PARA ABERTURA DE CRÉDITO ADICIONAL ESPECIAL, NO VALOR DE R$ 400.000,00 (QUATROCENTOS MIL REAIS) E DÁ OUTRAS PROVIDÊNCIAS - DESTINADO Á CONSTRUÇÃO DA ARENA SOCIETY.</t>
   </si>
   <si>
     <t>1535</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1535/projeto_de_lei_n_431_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1535/projeto_de_lei_n_431_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 431/2023 - AUTOR PODER EXECUTIVO - DISPÕE SOBRE AUTORIZAÇÃO LEGISLATIVA PARA ABERTURA DE CRÉDITO ADICIONAL ESPECIAL, NO VALOR DE R$ 342.349,57 (TREZENTOS E QUARENTA E DOIS MIL TREZENTOS E QUARENTA E NOVE REAIS E CINQUENTA E SETE CENTAVOS) E DÁ OUTRAS PROVIDÊNCIAS - DESTINADO À PAVIMENTAÇÃO NO SÍTIO CÓRREGO.</t>
   </si>
   <si>
     <t>1536</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1536/projeto_de_lei_n_432_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1536/projeto_de_lei_n_432_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 432/2023 - AUTOR PODER EXECUTIVO - DISPÕE SOBRE AUTORIZAÇÃO LEGISLATIVA PARA ABERTURA DE CRÉDITO ADICIONAL ESPECIAL, NO VALOR DE R$ 104.000,00 (CENTO E QUATRO MIL REAIS) E DÁ OUTRAS PROVIDÊNCIAS - DESTINADO Á PAVIMENTAÇÃO NA LAGOA RASA.</t>
   </si>
   <si>
     <t>1537</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1537/projeto_de_lei_n_433_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1537/projeto_de_lei_n_433_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 433/2023 - AUTOR PODER EXECUTIVO - DISPÕE SOBRE AUTORIZAÇÃO LEGISLATIVA PARA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR, NO VALOR DE R$ 10.000,00 (DEZ MIL REAIS) E DÁ OUTRAS PROVIDÊNCIAS - DESTINADO Á EMENDA PARLAMENTAR DO VEREADOR CHARTON RÊGO - MANUTENÇÃO DAS ATIVIDADES E SERVIÇOS ADMINISTRATIVOS DA SECRETARIA MUNICIPAL.</t>
   </si>
   <si>
     <t>1538</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1538/projeto_de_lei_n_434_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1538/projeto_de_lei_n_434_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 434/2023 - AUTOR PODER EXECUTIVO - DISPÕE SOBRE AUTORIZAÇÃO LEGISLATIVA PARA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR, NO VALOR DE R$ 10.037,73 (DEZ MIL TRINTA E SETE REAIS E SETENTA E TRÊS CENTAVOS) E DÁ OUTRAS PROVIDÊNCIAS - DESTINADO Á EMENDA PARLAMENTAR DO VEREADOR ÂNGELO SUASSUNA - MANUTENÇÃO DAS AÇÕES DE INCENTIVO AO DESPORTO AMADOR.</t>
   </si>
   <si>
     <t>1539</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1539/projeto_de_lei_n_435_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1539/projeto_de_lei_n_435_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 435/2023 - AUTOR PODER EXECUTIVO - DISPÕE SOBRE AUTORIZAÇÃO LEGISLATIVA PARA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR, NO VALOR DE R$ 15.000,00 (QUINZE MIL REAIS) E DÁ OUTRAS PROVIDÊNCIAS - DESTINADO Á EMENDA PARLAMENTAR DO VEREADOR LAETE OLIVEIRA - MANUTENÇÃO DAS AÇÕES DE ABASTECIMENTO MÓVEL DE ÁGUA POTÁVEL.</t>
   </si>
   <si>
     <t>1543</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1543/projeto_de_lei_n_436_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1543/projeto_de_lei_n_436_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 436/2023 - AUTOR PODER EXECUTIVO - DISPÕE SOBRE AUTORIZAÇÃO LEGISLATIVA PARA ABERTURA DE CRÉDITO ADICIONAL ESPECIAL, NO VALOR DE R$ 82.000,00 (OITENTA E DOIS MIL REAIS) E DÁ OUTRAS PROVIDÊNCIAS. DESTINADO Á EMENDAS PARLAMENTARES DOS VEREADORES ÂNGELO SUASSUNA - GILVAN ALVES - ADAILTON TARGINO - CONSTRUÇÃO DE ACADEMIAS POPULAR.</t>
   </si>
   <si>
     <t>1544</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1544/projeto_de_lei_n_437_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1544/projeto_de_lei_n_437_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 437/2023 - AUTOR PODER EXECUTIVO - DISPÕE SOBRE AUTORIZAÇÃO LEGISLATIVA PARA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR, NO VALOR DE R$ 104.135,59 (CENTO E QUATRO MIL CENTO E TRINTA E CINCO REAIS E CINQUENTA E NOVE CENTAVOS) E DÁ OUTRAS PROVIDÊNCIAS - DESTINADO Á EMENDAS PARLAMENTARES DOS VEREADORES FILIPE GUSTAVO - GILVAN ALVES - ADAILTON TARGINO - ANDREAZO ALVES- ALEXANDRE ALVES - RAILTON DIÓGENES - EDNARTE SILVEIRA - GESTÃO DE EMENDAS PARLAMENTARES.</t>
   </si>
   <si>
     <t>1545</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1545/projeto_de_lei_n_438_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1545/projeto_de_lei_n_438_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 438/2023 - AUTOR PODER EXECUTIVO - DISPÕE SOBRE AUTORIZAÇÃO LEGISLATIVA PARA ABERTURA DE CRÉDITO ADICIONAL ESPECIAL, NO VALOR DE R$ 300.022,00 (TREZENTOS MIL E VINTE E DOIS REAIS) E DÁ OUTRAS PROVIDÊNCIAS - DESTINADO Á MANUTENÇÃO DAS AÇÕES E SERVIÇOS PÚBLICOS DE SAÚDE - ATENÇÃO PRIMÁRIA - ASSISTÊNCIA FARMACÊUTICA SUPLEMENTAR.</t>
   </si>
   <si>
     <t>1546</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1546/projeto_de_lei_n_439_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1546/projeto_de_lei_n_439_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 439/2023 - AUTOR PODER EXECUTIVO - DISPÕE SOBRE AUTORIZAÇÃO LEGISLATIVA PARA ABERTURA DE CRÉDITO ADICIONAL ESPECIAL, NO VALOR DE R$ 452.060,14 (QUATROCENTOS E CINQUENTA E DOIS MIL SESSENTA REAIS E QUATORZE CENTAVOS) E DÁ OUTRAS PROVIDÊNCIAS - DESTINADO A OBRAS DE CALÇAMENTO DE DIVERSAS RUAS.</t>
   </si>
   <si>
     <t>1547</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1547/projeto_de_lei_n_440_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1547/projeto_de_lei_n_440_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 440/2023 - AUTOR PODER EXECUTIVO - DISPÕE SOBRE AUTORIZAÇÃO LEGISLATIVA PARA ABERTURA DE CRÉDITO ADICIONAL ESPECIAL, NO VALOR DE R$ 600.000,00 (SEISCENTOS MIL REAIS) E DÁ OUTRAS PROVIDÊNCIAS - MANUTENÇÃO DAS ATIVIDADES E SERVIÇOS ADMINISTRATIVOS DA SECRETARIA MUNICIPAL DE SAÚDE.</t>
   </si>
   <si>
     <t>1548</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1548/projeto_de_lei_n_441_2023_-_autor_laete_oliveira_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1548/projeto_de_lei_n_441_2023_-_autor_laete_oliveira_mdb.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 441/2023 - AUTOR LAETE OLIVEIRA - MDB - DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DOS POSSEIROS E POSSEIRAS DO PROJETO DE ASSENTAMENTO DO SÍTIO DO GÓIS, ZONA RURAL DO MUNICÍPIO DE APODI - RIO GRANDE DO NORTE</t>
   </si>
   <si>
     <t>1594</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1594/projeto_de_lei_n_442_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1594/projeto_de_lei_n_442_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 442/2023 - AUTOR PODER EXECUTIVO - DISPÕE SOBRE AUTORIZAÇÃO LEGISLATIVA PARA ABERTURA DE CRÉDITO ADICIONAL ESPECIAL, NO VALOR DE R$ 600.000,00 (SEISCENTOS MIL REAIS) E DÁ OUTRAS PROVIDÊNCIAS - MANUTENÇÃO DAS AÇÕES E SERVIÇOS PÚBLICOS DE SAÚDE - ATENÇÃO PRIMARIA - ASSISTÊNCIA FARMACÊUTICA SUPLEMENTAR.</t>
   </si>
   <si>
     <t>1595</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1595/projeto_de_lei_n_443_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1595/projeto_de_lei_n_443_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 443/2023 - AUTOR PODER EXECUTIVO - AUTORIZA O PODER EXECUTIVO A PATROCINAR PARTE DAS DESPESAS COM PREMIAÇÃO DA VII GRANDE VAQUEJADA DO PARQUE ÂNGELO JACINTO DE SOUZA, NO DISTRITO DE SOLEDADE, ATÉ O LIMITE E NA FORMA QUE ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1596</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1596/projeto_de_lei_n_444_2023_-_autor_railton_diogenes_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1596/projeto_de_lei_n_444_2023_-_autor_railton_diogenes_mdb.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 444/2023 - AUTOR RAILTON DIÓGENES - MDB - DÁ DENOMINAÇÃO AO GINÁSIO DO DISTRITO DO CÓRREGO, JOÃO DE DEUS NETO - DO MUNICÍPIO DE APODI - RIO GRANDE DO NORTE.</t>
   </si>
   <si>
     <t>1676</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1676/projeto_de_lei_n_445_2023_autor_laete_oliveira_mdb_20230918_0001.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1676/projeto_de_lei_n_445_2023_autor_laete_oliveira_mdb_20230918_0001.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 445/2023 - AUTOR LAETE OLIVEIRA - MDB - DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DOS POSSEIROS DO PROJETO DE ASSENTAMENTO SÃO MANOEL, ZONA RURAL DO MUNICÍPIO DE APODI - RIO GRANDE DO NORTE.</t>
   </si>
   <si>
     <t>1681</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1681/projeto_de_lei_n_446_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1681/projeto_de_lei_n_446_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 446/2023 - AUTOR PODER EXECUTIVO - DISPÕE SOBRE AUTORIZAÇÃO LEGISLATIVA PARA ABERTURA DE CRÉDITO ADICIONAL ESPECIAL, NO VALOR DE R$ 330.000,00 (TREZENTOS E TRINTA MIL REAIS) E DÁ OUTRAS PROVIDÊNCIAS - AMPLIAÇÃO E REFORMA DO ABATEDOURO PÚBLICO MUNICIPAL. Encaminhando as Comissões na Sessão Ordinária do dia 19 de setembro de 2023.</t>
   </si>
   <si>
     <t>1682</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1682/projeto_de_lei_n_447_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1682/projeto_de_lei_n_447_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 447/2023 - AUTOR PODER EXECUTIVO - DISPÕE SOBRE AUTORIZAÇÃO LEGISLATIVA PARA ABERTURA DE CRÉDITO ADICIONAL ESPECIAL, NO VALOR DE R$ 420.000.00 (QUATROCENTOS E VINTE MIL REAIS) E DÁ OUTRAS PROVIDÊNCIAS - PAVIMENTAÇÃO A PARALELEPÍPEDOS DE LOGRADOUROS PÚBLICOS NO SÍTIO DO GÓIS. Encaminhando as Comissões na Sessão Ordinária do dia 19 de setembro de 2023.</t>
   </si>
   <si>
     <t>1683</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1683/projeto_de_lei_n_448_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1683/projeto_de_lei_n_448_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 448/2023 - AUTOR PODER EXECUTIVO - DISPÕE SOBRE AUTORIZAÇÃO LEGISLATIVA PARA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR, NO VALOR DE R$ 7.500,00(SETE MIL E QUINHENTOS REAIS) E DÁ OUTRAS PROVIDÊNCIAS - DESTINADO Á EMENDA PARLAMENTAR DO VEREADOR JÚNIOR CARLOS - GESTÃO DE AMENDAS PARLAMENTARES IMPOSITIVAS. Encaminhando as Comissões na Sessão Ordinária do dia 19 de setembro de 2023.</t>
   </si>
   <si>
     <t>1684</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1684/projeto_de_lei_n_449_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1684/projeto_de_lei_n_449_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 449/2023 - AUTOR PODER EXECUTIVO - DISPÕE SOBRE AUTORIZAÇÃO LEGISLATIVA PARA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR, NO VALOR DE R$ 30.000,00 (TRINTA MIL REAIS) E DÁ OUTRAS PROVIDÊNCIAS - DESTINADO Á EMENDAS PARLAMENTARES DOS VEREADORES ALEXANDRE ALVES E ANDREAZO ALVES - GESTÃO DE AMENDAS PARLAMENTARES IMPOSITIVAS. Encaminhando as Comissões na Sessão Ordinária do dia 19 de setembro de 2023.</t>
   </si>
   <si>
     <t>1685</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1685/projeto_de_lei_n_450_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1685/projeto_de_lei_n_450_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 450/2023 - AUTOR PODER EXECUTIVO - DISPÕE SOBRE AUTORIZAÇÃO LEGISLATIVA PARA ABERTURA DE CRÉDITO ADICIONAL ESPECIAL, NO VALOR DE R$ 61.091,55 (SESSENTA E UM MIL REAIS E CINCO CENTAVOS) E DÁ OUTRAS PROVIDÊNCIAS - MANUTENÇÃO DAS ATIVIDADES DO PROGRAMA FELIZ. Encaminhando as Comissões na Sessão Ordinária do dia 19 de setembro de 2023.</t>
   </si>
   <si>
     <t>1686</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1686/projeto_de_lei_n_451_2023_-_autor_adailton_targino_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1686/projeto_de_lei_n_451_2023_-_autor_adailton_targino_mdb.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 451/2023 - AUTOR ADAILTON TARGINO - MDB - DÁ DENOMINAÇÃO DE RUA FRANCISCO BEZERRA DO NASCIMENTO (CHICO NÉU) NA ÁREA DE EXPANSÃO NO DISTRITO DE SOLEDADE NA CIDADE DE APODI - RN E DÁ OUTRAS PROVIDÊNCAS.</t>
   </si>
   <si>
     <t>1689</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1689/projeto_de_lei_n_452_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1689/projeto_de_lei_n_452_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 452/2023 - AUTOR PODER EXECUTIVO - DISPÕE SOBRE AUTORIZAÇÃO LEGISLATIVA PARA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR, NO VALOR DE R$ 20.000,00 (VINTE MIL REAIS) E DÁ OUTRAS PROVIDÊNCIAS - DESTINADO Á EMENDA PARLAMENTAR DO VEREADOR JÚNIOR CARLOS E PREFEITURA MUNICIPAL - GESTÃO DE EMENDAS PARLAMENTARES IMPOSITIVAS.</t>
   </si>
   <si>
     <t>1694</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1694/projeto_de_lei_n_453_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1694/projeto_de_lei_n_453_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 453/2023 - AUTOR PODER EXECUTIVO - DISPÕE SOBRE AUTORIZAÇÃO LEGISLATIVA PARA ABERTURA DE CREDITO ADICIONAL ESPECIAL, NO VALOR DE R$ 61.091.55 (SESSENTA E UM MIL NOVENTA E UM REAIS E CINQUENTA E CINCO CENTAVOS) E DA OUTRAS PROVIDÊNCIAS - MANUTENÇÃO DAS ATIVIDADES DO PROGRAMA AUXÍLIO BRASIL CADUNICO.</t>
   </si>
   <si>
     <t>1699</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1699/projeto_de_lei_n_454_2023_-_autor_laete_oliveira-mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1699/projeto_de_lei_n_454_2023_-_autor_laete_oliveira-mdb.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 454/2023 - AUTOR LAETE OLIVEIRA - MDB - Declara de Utilidade Pública a Associação do Assentamento Tabuleiro Grande, Zona Rural do Município de Apodi, Rio Grande do Norte.</t>
   </si>
   <si>
     <t>1700</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1700/projeto_de_lei_n_455_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1700/projeto_de_lei_n_455_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 455/2023 - AUTOR PODER EXECUTIVO - Disciplina, no Âmbito do Município de Apodi, o Repasse da Assistência Financeira Complementar da União Destinada ao Cumprimento do Piso Salarial Nacional de Enfermeiros, Técnicos e Auxiliares de Enfermagem e Parteiras e dá outras providências.</t>
   </si>
   <si>
     <t>1701</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1701/projeto_de_lei_n_456_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1701/projeto_de_lei_n_456_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 456/2023 - AUTOR PODER EXECUTIVO - Disciplina, no Âmbito do Município de Apodi, o Repasse da Assistência Financeira Complementar da União Destinada ao Cumprimento do Piso Salarial Nacional de Enfermeiros, Técnicos e Auxiliares de Enfermagem e Parteiras e dá outras providências.</t>
   </si>
   <si>
     <t>1706</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1706/projeto_de_lei_n_457_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1706/projeto_de_lei_n_457_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 457/2023 - AUTOR PODER EXECUTIVO - DISPÕE SOBRE AUTORIZAÇÃO LEGISLATIVA PARA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR, NO VALOR DE R$ 52.577,50 (CINQUENTA E DOIS MIL QUINHENTOS E SETENTA E SETE REAIS E CINQUENTA CENTAVOS) E DÁ OUTRAS PROVIDÊNCIAS - AQUISIÇÃO DE EQUIPAMENTOS E MATERIAL PERMANENTE PAEA CÂMARA MUNICIPAL DE APODI.</t>
   </si>
   <si>
     <t>1713</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1713/projeto_de_lei_n_458_2023_-_loa_2024_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1713/projeto_de_lei_n_458_2023_-_loa_2024_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 458/2023 - AUTOR PODER EXECUTIVO - ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE APODI/RN PARA O EXERCÍCIO FINANCEIRO DE 2024 E DÁ OUTRAS PROVIDÊNCIAS. APROVADO NA SESSÃO ORDINÁRIA DO DIA 14 DE DEZEMBRO DE 2023.</t>
   </si>
   <si>
     <t>1715</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1715/projeto_de_lei_n_459_2023_-_autor_laete_oliveira-mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1715/projeto_de_lei_n_459_2023_-_autor_laete_oliveira-mdb.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 459/2023 - AUTOR LAETE OLIVEIRA - MDB - Dispõe sobre a denominação de quadra de esportes José Manoel de Oliveira, localizada no Sítio Santa Rosa, Zona Rural do Município de Apodi e dá outras providências.</t>
   </si>
   <si>
     <t>1716</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1716/projeto_de_lei_n_460_2023_-_autor_charton_rego_mdb_nova_redacao_21.11.2023.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1716/projeto_de_lei_n_460_2023_-_autor_charton_rego_mdb_nova_redacao_21.11.2023.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 460/2023 – AUTOR CHARTON RÊGO-MDB – DISPÕE SOBRE A INSTITUIÇÃO DE CADASTRO E DO CARTÃO DE IDENTIFICAÇÃO PARA PESSOA COM “DOENÇA INCAPACITANTES, DEGENERATIVAS, DEFICIÊNCIA MOTORA, DEFICIÊNCIA MÚLTIPLA COM DIFICULDADE DE LOCOMOÇÃO”, NO MUNICIPIO DE APODI-RN, E DÁ OUTRAS PROVIDÊNCIAS. ENCAMINHANDO AS COMISSÕES NA SESSÃO ORDINÁRIA DO DIA 5 DE OUTUBRO DE 2023. PROJETO DE LEI N° 460/2023 – AUTOR CHARTON RÊGO-MDB – RECEBE NOVA REDAÇÃO NAS COMISSÕES NO DIA 21 DE NOVEMBRO DE 2023 - DISPÕE SOBRE A INSTITUIÇÃO DE CADASTRO E DO CARTÃO DE IDENTIFICAÇÃO PARA PESSOA COM "DEFICIÊNCIA," NO MUNICÍPIO DE APODI-RN, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1717</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1717/projeto_de_lei_n_461_2023_-_autor_charton_rego_mdb_20231004_0001.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1717/projeto_de_lei_n_461_2023_-_autor_charton_rego_mdb_20231004_0001.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 461/2023 – AUTOR CHARTON RÊGO-MDB – FICA ASSEGURADO ÀS PESSOAS COM TRANSTORNO DO ESPECTRO DO AUTISMO (TEA) E A UM ACOMPANHANTE, O DIREITO À MEIA-ENTRADA NAS SESSÕES DE CINEMA, TEATRO, ESPETÁCULOS ESPORTIVOS, SHOWS, PARQUES AQUÁTICOS E OUTROS EVENTOS CULTURAIS E ESPORTIVOS REALIZADOS NO MUNICÍPIOS DE APODI-RN.</t>
   </si>
   <si>
     <t>1718</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1718/projeto_de_lei_n_462_2023_-_autor_charton_rego_mdb_nova_redacao_21.11.2023.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1718/projeto_de_lei_n_462_2023_-_autor_charton_rego_mdb_nova_redacao_21.11.2023.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 462/2023 – AUTOR CHARTON RÊGO-MDB – FICA ASSEGURADO ÀS PESSOAS COM “FIBROMIALGIA” E A UM ACOMPANHANTE, O DIREITO À MEIA-ENTRADA NAS SESSÕES DE CINEMA, TEATRO, ESPETÁCULOS ESPORTIVOS, SHOWS, PARQUES AQUÁTICOS E OUTROS EVENTOS CULTURAIS E ESPORTIVOS REALIZADOS NO MUNICÍPIOS DE APODI-RN. ENCAMINHANDO AS COMISSÕES NA SESSÃO ORDINÁRIA DO DIA 5 DE OUTUBRO DE 2023. PROJETO DE LEI N° 462/2023 – AUTOR CHARTON RÊGO-MDB – RECEBE NOVA REDAÇÃO NAS COMISSÕES NO DIA 21 DE NOVEMBRO DE 2023 - FICA ASSEGURADO ÀS PESSOAS COM "FIBROMIALGIA" E A UM ACOMPANHANTE/RESPONSÁVEL (CASO NECESSÁRIO), O DIREITO À MEIA-ENTRADA NAS SESSÕES DE CINEMA, TEATRO, ESPETÁCULOS ESPORTIVOS, SHOWS, PARQUES, CIRCOS E OUTROS EVENTOS CULTURAIS E ESPORTIVOS REALIZADOS NO MUNICÍPIO DE APODI - RN.</t>
   </si>
   <si>
     <t>1719</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1719/projeto_de_lei_n_463_2023_-_autor_charton_rego_mdb_nova_redacao_21.11.2023.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1719/projeto_de_lei_n_463_2023_-_autor_charton_rego_mdb_nova_redacao_21.11.2023.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 463/2023 - AUTOR CHARTON RÊGO-MDB - FICA ASSEGURADO ÀS PESSOAS COM “DOENÇA INCAPACITANTES, DEGENERATIVAS, DEFICIÊNCIA MOTORA, DEFICIÊNCIA MÚLTIPLA COM DIFICULDADE DE LOCOMOÇÃO” E A UM ACOMPANHANTE, O DIREITO À MEIA-ENTRADA NAS SESSÕES DE CINEMA, TEATRO, ESPETÁCULOS ESPORTIVOS, SHOWS, PARQUES AQUÁTICOS E OUTROS EVENTOS CULTURAIS E ESPORTIVOS REALIZADOS NO MUNICÍPIOS DE APODI-RN. ENCAMINHANDO AS COMISSÕES NA SESSÃO ORDINÁRIA DO DIA 5 DE OUTUBRO DE 2023. PROJETO DE LEI N° 463/2023 – AUTOR CHARTON RÊGO-MDB – RECEBE NOVA REDAÇÃO NAS COMISSÕES NO DIA 21 DE NOVEMBRO DE 2023 - FICA ASSEGURADO AS PESSOAS COM DEFICIÊNCIAS E A UM ACOMPANHANTE (CASO NECESSÁRIO), O DIREITO À MEIA-ENTRADA NAS SESSÕES DE CINEMA, TEATRO, ESPETÁCULOS ESPORTIVO, SHOWS, PARQUES, CIRCOS E OUTROS EVENTOS CULTURAIS E ESPORTIVOS REALIZADOS NO MUNICIPIO DE APODI – RN.</t>
   </si>
   <si>
     <t>1722</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1722/projeto_de_lei_n_464_2023_-_autor_adailton_targino_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1722/projeto_de_lei_n_464_2023_-_autor_adailton_targino_mdb.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 464/2023 - AUTOR ADAILTON TARGINO - MDB - Dá a denominação de Rua MARIA DO SOCORRO GOMES DE AMORIM na área de expansão do Bairro BICO TORTO na Cidade de Apodi-RN e da outras providências.</t>
   </si>
   <si>
     <t>1723</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1723/projeto_de_lei_n_465_2023_-_autor_charton_rego_mdb_nova_redacao_21.11.2023.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1723/projeto_de_lei_n_465_2023_-_autor_charton_rego_mdb_nova_redacao_21.11.2023.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 465/2023 - AUTOR CHARTON RÊGO - MDB - DISPÕE SOBRE A INSTITUIÇÃO DE CADASTRO E DO CARTÃO DE IDENTIFICAÇÃO PARA PESSOA COM "DOENÇAS AUTOIMUNES." NO MUNICÍPIO DE APODI-RN, E DÁ OUTRAS PROVIDÊNCIAS. ENCAMINHADO AS COMISSÕES NA SESSÃO ORDINÁRIA DO DIA 11 DE OUTUBRO DE 2023. PROJETO DE LEI N° 465/2023 – AUTOR CHARTON RÊGO-MDB – RECEBE NOVA REDAÇÃO NAS COMISSÕES NO DIA 21 DE NOVEMBRO DE 2023 - DISPÕE SOBRE A INSTITUIÇÃO DE CADASTRO E DO CARTÃO DE IDENTIFICAÇÃO PARA PESSOA COM "DOENÇAS AUTOIMUNES GRAVES" NO MUNICIPIO DE APODI-RN, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1726</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
     <t>CANINDÉ JÚNIOR</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1726/projeto_de_lei_n_466_2023_autor_caninde_junior_mdb_aprovado_20231027_0001.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1726/projeto_de_lei_n_466_2023_autor_caninde_junior_mdb_aprovado_20231027_0001.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº. 466/2023 – AUTOR CANINDÉ JÚNIOR-MDB - CRIA A LEI MUNICIPAL PROFESSOR GILSON LEITE DE OLIVEIRA, QUE INSTITUI O PODER EXECUTIVO A CRIAR O CURSO PROFESSOR GILSON LEITE DE OLIVEIRA, DESTINADO A PREPARAÇÃO DE PESSOAS PARA INGRESSOS NO ENSINO SUPERIORES (ENEM), TECNICOS (IFRN) E CONCURSOS PUBLICOS E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1732</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1732/projeto_de_lei_n_467_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1732/projeto_de_lei_n_467_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 467/2023 - AUTOR PODER EXECUTIVO - AUTORIZA O MUNICÍPIO A CONCEDER AUXÍLIO FINANCEIRO DESTINADO A AUXILIAR NA REALIZAÇÃO DA IV FEMULTI - FEIRA MULTISETORIAL DO MÉDIO OESTE E DO 3° FESTIVAL GASTRONÔMICO DE APODI, CUJAS AÇÕES SÃO PROMOVIDAS PEIA CÂMARA DOS DIRIGENTES LOJISTAS DE APODI CDL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1734</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1734/projeto_de_lei_n_468_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1734/projeto_de_lei_n_468_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 468/2023 - AUTORIA PODER EXECUTIVO - Autoriza o Poder Executivo a conceder ajuda de custo aos médicos vinculados ao Programa Mais Médicos para o Brasil e dá providências.</t>
   </si>
   <si>
     <t>1743</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1743/projeto_de_lei_n_469_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1743/projeto_de_lei_n_469_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 469/2023 - AUTOR PODER EXECUTIVO - ''Altera o artigo 6° da Lei Municipal N° 2.070/2023 de 28 de Setembro de 2023, e dá outras providências.</t>
   </si>
   <si>
     <t>1744</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1744/projeto_de_lei_n_470_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1744/projeto_de_lei_n_470_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 470/2023 - AUTOR PODER EXECUTIVO - ALTERA A LEI MUNICIPAL N° 2042, DE 01 DE SETEMBRO DE 2023, PUBLICADA NO DIÁRIO OFICIAL DOS MUNICÍPIOS DO ESTADO DO RIO GRANDE DO NORTE, EDIÇÃO N° 3111, DE 04 DE SETEMBRO DE 2023 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1750</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1750/projeto_de_lei_n_471_2023_-_autor_laete_oliveira-mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1750/projeto_de_lei_n_471_2023_-_autor_laete_oliveira-mdb.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 471/2023 - AUTOR LAETE OLIVEIRA - MDB - DISPÕE SOBRE A DENOMINAÇÃO DE RUA LÁZARO VERÍSSIMO DE SOUZA, NO BAIRRO BAIXA DA ALEGRIA, MUNICÍPIO DE APODI E DÁ OUTRAS PROVIDÊNCIAS. ENCAMINHADO AS COMISSÕES NA SESSÃO ORDINÁRIA DO DIA 26 DE OUTUBRO DE 2023.</t>
   </si>
   <si>
     <t>1751</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1751/projeto_de_lei_n_472_2023_-_autor_mesa_diretora_2023-2024_20231027_0001.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1751/projeto_de_lei_n_472_2023_-_autor_mesa_diretora_2023-2024_20231027_0001.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 472/2023 - AUTOR MESA DIRETORA - DISPÕE SOBRE A REVOGAÇÃO DA LEI MUNICIPAL DE N° 1867/2022 E DA LEI MUNICIPAL DE N° 1940/2022; ESTABELECE A COTA PARA O EXERCÍCIO DE ATIVIDADE PARLAMENTAR MUNICIPAL - CEAPM, E DÁ OUTRAS PROVIDÊNCIAS. APROVADO NA SESSÃO ORDINÁRIA DO DIA 26 DE OUTUBRO DE 2023.</t>
   </si>
   <si>
     <t>1752</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1752/projeto_de_lei_n_473_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1752/projeto_de_lei_n_473_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 473/2023 - AUTOR PODER EXECUTIVO - DISPÕE SOBRE AUTORIZAÇÃO LEGISLATIVA PARA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR, NO VALOR DE R$ 23.565,87 (VINTE E TRÊS MIL QUINHENTOS E SESSENTA E CINCO REAIS E OITENTA E SETE CENTAVOS) E DÁ OUTRAS PROVIDÊNCIAS - DESTINADO Á EMENDAS PARLAMENTARES DOS VEREADOROS EDNARTE SILVEIRA E CHARTON RÊGO - MANUTENÇÃO DAS ATIVIDADES E SERVIÇOS ADMINISTRATIVOS DA SECRETARIA MUNICIPAL. APROVADO NA SESSÃO ORDINÁRIA DO DIA 26 DE OUTUBRO DE 2023.</t>
   </si>
   <si>
     <t>1753</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1753/projeto_de_lei_n_474_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1753/projeto_de_lei_n_474_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 474/2023 - AUTOR PODER EXECUTIVO - DISPÕE SOBRE AUTORIZAÇÃO LEGISLATIVA PARA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR, NO VALOR DE R$ 20.037,00 (VINTE MIL E TRINTA E SETE REAIS) E DÁ OUTRAS PROVIDÊNCIAS - DESTINADO AS EMENDAS PARLAMENTARES DOS VEREADORES EDNARTE SILVEIRA E FILIPE GUSTAVO - MANUTENÇÃO DAS AÇÕES DE ABASTECIMENTO MÓVEL DE ÁGUA POTÁVEL. APROVADO NA SESSÃO ORDINÁRIA DO DIA 26 DE OUTUBRO DE 2023.</t>
   </si>
   <si>
     <t>1754</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1754/projeto_de_lei_n_475_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1754/projeto_de_lei_n_475_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 475/2023 - AUTOR PODER EXECUTIVO - DISPÕE SOBRE AUTORIZAÇÃO LEGISLATIVA PARA ABERTURA DE CRÉDITO ADICIONAL ESPECIAL, NO VALOR DE R$ 277.822,58 (DUZENTOS E SETENTA E SETE MIL OITOCENTOS E VINTE E DOIS REAIS E CINQUENTA E OITO CENTAVOS) E DÁ OUTRAS PROVIDÊNCIAS - CONSTRUÇÃO DA PRAÇA DE CONVIVÊNCIA - ÁGUA FRIA. APROVADO NA SESSÃO ORDINÁRIA DO DIA 26 DE OUTUBRO DE 2023.</t>
   </si>
   <si>
     <t>1755</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1755/projeto_de_lei_n_476_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1755/projeto_de_lei_n_476_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 476/2023 - AUTOR PODER EXECUTIVO - DISPÕE SOBRE AUTORIZAÇÃO LEGISLATIVA PARA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR, NO VALOR DE R$ 10.000,00 (DEZ MIL REAIS) E DÁ OUTRAS PROVIDÊNCIAS - DESTINADO AS EMENDAS PARLAMENTARES DOS VEREADORES JUNIOR SOUZA E ADAILTON TARGINO - MANUTENÇÃO DAS AÇÕES DE INCENTIVO AO DESPORTO. APROVADO NA SESSÃO ORDINÁRIA DO DIA 26 DE OUTUBRO DE 2023.</t>
   </si>
   <si>
     <t>1756</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1756/projeto_de_lei_n_477_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1756/projeto_de_lei_n_477_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 477/2023 - AUTOR PODER EXECUTIVO - DISPÕE SOBRE AUTORIZAÇÃO LEGISLATIVA PARA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR, NO VALOR DE R$ 28.037,73 (VINTE E OITO MIL TRINTA E SETE REAIS E SETENTA E TRÊS CENTAVOS) E DÁ OUTRAS PROVIDÊNCIAS - DESTINADO A EMENDA PARLAMENTAR DO VEREADOR JUNIOR SOUZA - MANUTENÇÃO DAS ATIVIDADES E SERVIÇOS ADMINISTRATIVOS DA SECRETARIA MUNICIPAL. APROVADO NA SESSÃO ORDINÁRIA DO DIA 26 DE OUTUBRO DE 2023.</t>
   </si>
   <si>
     <t>1757</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1757/projeto_de_lei_n_478_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1757/projeto_de_lei_n_478_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 478/2023 - AUTOR PODER EXECUTIVO - DISPÕE SOBRE AUTORIZAÇÃO LEGISLATIVA PARA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR, NO VALOR DE R$ 5.000,00 (CINCO MIL REAIS) E DÁ OUTRAS PROVIDÊNCIAS - DESTINADO A EMENDA PARLAMENTAR DO VEREADOR EDNARTE SILVEIRA - MANUTENÇÃO DAS AÇÕES DE INCENTIVO AO ENSINO SUPERIOR. APROVADO NA SESSÃO ORDINÁRIA DO DIA 26 DE OUTUBRO DE 2023.</t>
   </si>
   <si>
     <t>1758</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1758/projeto_de_lei_n_479_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1758/projeto_de_lei_n_479_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 479/2023 - AUTOR PODER EXECUTIVO - DISPÕE SOBRE AUTORIZAÇÃO LEGISLATIVA PARA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR, NO VALOR DE R$ 3.372,32 (TRÊS MIL TREZENTOS E SETENTA E DOIS REAIS E TRINTA E DOIS CENTAVOS) E DÁ OUTRAS PROVIDÊNCIAS - DESTINADO A EMENDA PARLAMENTAR DO VEREADOR ADAILTON TARGINO - MANUTENÇÃO DAS ATIVIDADES E SERVIÇOS ADMINISTRATIVOS DA SECRETARIA MUNICIPAL. APROVADO NA SESSÃO ORDINÁRIA DO DIA 26 DE OUTUBRO DE 2023.</t>
   </si>
   <si>
     <t>1762</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1762/projeto_de_lei_n_480_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1762/projeto_de_lei_n_480_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 480/2023 - AUTOR PODER EXECUTIVO - Dispõe sobre Autorização legislativa para abertura de crédito adicional especial, no valor de R$ 185.000,00 (CENTO E OITENTA E CINCO MIL REAIS) e dá outras providências - Manutenção das atividades e Serviços Administrativos da Secretaria Municipal.</t>
   </si>
   <si>
     <t>1763</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1763/projeto_de_lei_n_481_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1763/projeto_de_lei_n_481_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 481/2023 - AUTOR PODER EXECUTIVO - Dispõe sobre Autorização legislativa para abertura de crédito adicional suplementar, no valor de R$ 271.477,59 (DUZENTOS E SETENTA E UM MIL REAIS E CINQUENTA E NOVE CENTAVOS) e dá outras providências - DESTINADO AS EMENDAS PARLAMENTARES DO PODER LEGISLATIVO - GESTÃO DE EMENDA PARLAMENTAR IMPOSITIVA.</t>
   </si>
   <si>
     <t>1764</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1764/projeto_de_lei_n_482_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1764/projeto_de_lei_n_482_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 482/2023 - AUTOR PODER EXECUTIVO - Dispõe sobre Autorização legislativa para abertura de crédito adicional especial, no valor de R$577.673,92 (QUINHENTOS E SETENTA E SETE MIL REAIS E SETENTA E TRÊS REAIS E NOVENTA E DOIS CENTAVOS) e dá outras providências - Aquisição de equipamentos e material permanente para Unidades Básicas de Saúde.</t>
   </si>
   <si>
     <t>1765</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1765/projeto_de_lei_n_483_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1765/projeto_de_lei_n_483_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 483/2023 - AUTOR PODER EXECUTIVO - Dispõe sobre Autorização legislativa para abertura de crédito adicional especial, no valor de R$ 15.000,00 (QUINZE MIL REAIS) e dá outras providências - Manutenção das atividades e Serviços Administrativos da Secretaria Municipal.</t>
   </si>
   <si>
     <t>1768</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1768/projeto_de_lei_n_484_2023_-_autor_adailton_targino_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1768/projeto_de_lei_n_484_2023_-_autor_adailton_targino_mdb.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 484/2023 - AUTOR ADAILTON TARGINO - MDB - DECLARA DE UTILIDADE PÚBLICA À ASSOCIAÇÃO CULTURAL ESPORTE E LAZER - DO MUNICÍPIO DE APODI - RIO GRANDE DO NORTE.</t>
   </si>
   <si>
     <t>1769</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1769/projeto_de_lei_n_485_2023_-_autor_adailton_targino_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1769/projeto_de_lei_n_485_2023_-_autor_adailton_targino_mdb.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 485/2023 - AUTOR ADAILTON TARGINO - MDB - DISPÕE SOBRE À CRIAÇÃO DO DIA DO CONSELHEIRO TUTELAR NO MUNICÍPIO DE APODI A SER COMEMORADO DENTRO DA SEMANA ESTADUAL DE VALORIZAÇÃO DO CONSELHEIRO TUTELAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1787</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1787/projeto_de_lei_n_486_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1787/projeto_de_lei_n_486_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 486/2023 - AUTOR PODER EXECUTIVO - Dispõe sobre o Programa Família Guardiã de guarda subsidiada em Família extensa ou Socioafetiva para crianças e adolescentes que foram afastados de sua família natural por decisão judicial.</t>
   </si>
   <si>
     <t>1790</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
     <t>COSTINHA</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1790/projeto_de_lei_n_487_2023_-_autor_costinha_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1790/projeto_de_lei_n_487_2023_-_autor_costinha_mdb.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 487/2023 - AUTOR COSTINHA - MDB - DÁ DENOMINAÇÃO DE RUA VICENTE DE PAULA DANTAS LOCALIZADA NO BAIRRO BACURAU I NO MUNICÍPIO DE APODI-RN E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1794</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1794/projeto_de_lei_n_488_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1794/projeto_de_lei_n_488_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 488/2023 - AUTOR PODER EXECUTIVO - DISPÕE SOBRE AUTORIZAÇÃO LEGISLATIVA PARA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR, NO VALOR DE R$ 165.264,67 (CENTO E SESSENTA E CINCO MIL DUZENTOS E SESSENTA E QUATRO REAIS E SESSENTA E SETE CENTAVOS), E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1795</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1795/projeto_de_lei_n_489_2023_-_autor_charton_rego_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1795/projeto_de_lei_n_489_2023_-_autor_charton_rego_mdb.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 489/2023 – AUTOR CHARTON REGO-MDB – DISPÕE SOBRE A OBRIGATORIEDADE DA DISPONIBILIDADE PARA CADEIRAS DE RODAS E/OU ASSENTOS RESERVADOS PARA PESSOAS COM DEFICIÊNCIA FÍSICA E ACOMPANHANTE NO MUNICIPIO DE APODI-RN</t>
   </si>
   <si>
     <t>1796</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1796/projeto_de_lei_n_490_2023_-_autor_charton_rego_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1796/projeto_de_lei_n_490_2023_-_autor_charton_rego_mdb.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 490/2023 – AUTOR CHARTON REGO-MDB – FICA ASSEGURADO ÀS PESSOAS COM “DOENÇAS AUTOIMUNES GRAVES” E A UM ACOMPANHANTE/RESPONSÁVEL (CASO NECESSÁRIO), O DIREITO À MEIA-ENTRADA NAS SESSÕES DE CINEMA, TEATRO, ESPETÁCULOS ESPORTIVOS, SHOWS, PARQUES, CIRCOS E DEMAIS EVENTOS CULTURAIS E ESPORTIVOS REALIZADOS NO MUNICIPIO DE APODI-RN.</t>
   </si>
   <si>
     <t>1797</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1797/projeto_de_lei_n_491_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1797/projeto_de_lei_n_491_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 491/2023 - AUTOR PODER EXECUTIVO - DISPÕE SOBRE AUTORIZAÇÃO LEGISLATIVA PARA ABERTURA DE CRÉDITO ADICIONAL ESPECIAL, NO VALOR DE R$ 115.852,81 (CENTO E QUINZE MIL OITOCENTOS E CINQUENTA E DOIS REAIS E OITENTA E UM CENTAVOS), E DÁ OUTRAS PROVIDÊNCIAS - MANUTENÇÃO DAS AÇÕES E SERVIÇOS PÚBLICOS DE SAÚDE - ATENÇÃO ESPECIALIZADA</t>
   </si>
   <si>
     <t>1807</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1807/projeto_de_lei_n_492_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1807/projeto_de_lei_n_492_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 492/2023 - AUTOR PODER EXECUTIVO - DISPÕE SOBRE AUTORIZAÇÃO LEGISLATIVA PARA ABERTURA DE CRÉDITO ADICIONAL ESPECIAL, NO VALOR DE R$ 300.000,00 (TREZENTOS MIL REAIS), E DÁ OUTRAS PROVIDÊNCIAS - MANUTENÇÃO DAS AÇÕES E SERVIÇOS PÚBLICOS DE SAÚDE – ATENÇÃO PRIMARIA – ASSISTÊNCIA FARMACÊUTICA SUPLEMENTAR.</t>
   </si>
   <si>
     <t>1809</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1809/projeto_de_lei_n_493_2023_-_autor_adailton_targino_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1809/projeto_de_lei_n_493_2023_-_autor_adailton_targino_mdb.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 493/2023 - AUTOR ADAILTON TARGINO - MDB - DISPÕE SOBRE À CRIAÇÃO DO DIA DO EVANGÉLICO APODIENSE NO MUNICÍPIO DE APODI A SER COMEMORADO NO SEGUNDO SÁBADO DE AGOSTO DE CADA ANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1810</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1810/projeto_de_lei_n_494_2023_-_autor_gilvan_alves_sd_20231128_0001.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1810/projeto_de_lei_n_494_2023_-_autor_gilvan_alves_sd_20231128_0001.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 494/2023 – AUTOR GILVAN ALVES-SD – DISPÕE SOBRE A ALTERAÇÃO DA FAIXA DE RESERVA DE DOMÍNIO PÚBLICO NÃO EDIFICÁVEL CONTÍGUA ÀS FAIXAS DE DOMÍNIO PÚBLICO DA RODOVIA BR 405, DO KM 72 AO 82, ZONA URBANA DO MUNICIPIO DE APODI/RN, BAIRRO BICO TORTO E DISTRITO DE MELANCIAS, PARA POSSIBILITAR A REDUÇÃO DA EXTENSÃO DESSA FAIXA NÃO EDIFICÁVEL, PARA FINS DE UTILIDADE PÚBLICA E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1811</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1811/projeto_de_lei_n_495_2023_-_autor_poder_executivo_20231128_0001.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1811/projeto_de_lei_n_495_2023_-_autor_poder_executivo_20231128_0001.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 495/2023 - AUTOR PODER EXECUTIVO - DISPÕE SOBRE A ALIENAÇÃO MEDIANTE DOAÇÃO DE TERRENO AO SINDICATO DOS TRABALHADORES PÚBLICOS MUNICIPAIS DE APODI – SINTRAPMA PARA FINS DE CONSTRUÇÃO E INSTALAÇÃO DE SEDE SOCIAL RECREATIVA PRÓPRIA NO MUNICÍPIO DE APODI.</t>
   </si>
   <si>
     <t>1812</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1812/projeto_de_lei_n_496_2023_autor_poder_executivo_20231128_0001.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1812/projeto_de_lei_n_496_2023_autor_poder_executivo_20231128_0001.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 496/2023 - AUTOR PODER EXECUTIVO - AUTORIZA O MUNICÍPIO A REALIZAR CESSÃO DE IMÓVEL AO CONSELHO COMUNITÁRIO DOS SÍTIOS REUNIDOS: BICO TORTO, PONTA D’ÁGUA E LAGOA REDONDA - CCSBT E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1813</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1813/projeto_de_lei_n_497_2023_autor_poder_executivo_20231128_0001.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1813/projeto_de_lei_n_497_2023_autor_poder_executivo_20231128_0001.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 497/2023 - AUTOR PODER EXECUTIVO - AUTORIZA O MUNICÍPIO A REALIZAR CESSÃO DE IMÓVEL À PARÓQUIA DE APODI E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1814</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1814/projeto_de_lei_n_498_2023_autor_poder_legislativo_20231128_0001.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1814/projeto_de_lei_n_498_2023_autor_poder_legislativo_20231128_0001.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 498/2023 - AUTOR PODER EXECUTIVO - AUTORIZA O MUNICÍPIO A REALIZAR CESSÃO DE IMÓVEL À FUNDAÇÃO AMIGOS DO LAJEDO DE SOLEDADE – FALS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1815</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1815/projeto_de_lei_n_499_2023_autor_poder_executivo_20231129_0001.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1815/projeto_de_lei_n_499_2023_autor_poder_executivo_20231129_0001.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 499/2023 - AUTOR PODER EXECUTIVO – DISPÕE SOBRE AUTORIZAÇÃO LEGISLATIVA PARA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR, NO VALOR DE R$ 30.000,00 (TRINTA MIL REAIS) E DÁ OUTRAS PROVIDÊNCIAS. DESTINADO A EMENDA PARLAMENTAR (SINDICATO RURAL DE APODI) – AUTOR EDNARTE SILVEIRA-MDB</t>
   </si>
   <si>
     <t>1823</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1823/projeto_de_lei_n_500_2023_-_autor_adailton_targino_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1823/projeto_de_lei_n_500_2023_-_autor_adailton_targino_mdb.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 500/2023 - AUTOR ADAILTON TARGINO - MDB - DÁ A DENOMINAÇÃO DE RUA ANTÔNIA BEZERRA DA SILVA LIMA NA ÁREA DE EXPANSÃO NO BAIRRO SÃO SEBASTIÃO NA CIDADE DE APODI-RN E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1824</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1824/projeto_de_lei_n_501_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1824/projeto_de_lei_n_501_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 501/2023 - AUTOR PODER EXECUTIVO - Dispõe sobre autorização legislativa para abertura de crédito adicional suplementar, no valor de R$ 292.540,76 (DUZENTOS E NOVENTA E DOIS MIL QUINHENTOS E QUARENTA REAIS E SETENTA CENTAVOS), e dá outras providências - Aquisição de equipamentos e material permanente - Educação Infantil - Pré-escola .</t>
   </si>
   <si>
     <t>1832</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1832/projeto_de_lei_n_502_2023_autor_poder_executivo_20231206_0001.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1832/projeto_de_lei_n_502_2023_autor_poder_executivo_20231206_0001.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 502/2023 - AUTOR PODER EXECUTIVO - DISPÕE SOBRE AUTORIZAÇÃO LEGISLATIVA PARA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR, NO VALOR DE R$ 36.037,73 (TRINTA E SEIS MIL, TRINTA E SETE REAIS E SETENTA E TRÊS CENTAVOS) E DÁ OUTRAS PROVIDÊNCIAS – DESTINADO A AAPOL -EMENDAS IMPOSITIVAS AUTORIA DOS VEREADORES LAETE OLIVEIRA-MDB, GILVAN ALVES-SD, ANDREAZO ALVES-PL, ALEXANDRE BEVENUTO-SEM PARTIDO, EDNARTE SILVEIRA-MDB, ADAILTON TARGINO-MDB, CHARTON RÊGO-MDB E JÚNIOR SOUZA-MDB.</t>
   </si>
   <si>
     <t>1833</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1833/projeto_de_lei_n_503_2023_autor_poder_executivo_20231211_0001.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1833/projeto_de_lei_n_503_2023_autor_poder_executivo_20231211_0001.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 503/2023 - AUTOR PODER EXECUTIVO - DISPÕE SOBRE AUTORIZAÇÃO LEGISLATIVA PARA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR, NO VALOR DE R$ 180.010,00 (CENTO E OITENTA MIL E DEZ REAIS), E DÁ OUTRAS PROVIDÊNCIAS – DESTINADO AO SINDICATO RURAL DE APODI – SUBVENÇÕES SOCIAIS.</t>
   </si>
   <si>
     <t>1835</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1835/projeto_de_lei_n_504_2023_-_autor_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1835/projeto_de_lei_n_504_2023_-_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 504/2023 - AUTOR PODER EXECUTIVO - DISPÕE SOBRE AUTORIZAÇÃO LEGISLATIVA PARA ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO FISCAL DO MUNICÍPIO DE APODI, NO VALOR DE R$ 2.398.146,00 (DOIS MILHÕES TREZENTOS E NOVENTA E OITO MIL E CENTO E QUARENTA E SEIS REAIS) E DÁ OUTRAS PROVIDÊNCIAS - DESTINADO A ''CRIAÇÃO DE DESTINAÇÃO DE FONTE DE RECURSOS PARA PAGAMENTO DOS VENCIMENTOS E VANTAGENS FIXAS/VARIÁVEIS E OBRIGAÇÕES PATRONAIS, POR INSUFICIÊNCIA FINANCEIRA REFERENTE AOS RECURSOS VINCULADOS DO FUNDEB''</t>
   </si>
   <si>
     <t>1836</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1836/projeto_de_lei_n_505_2023_-_autor_mesa_diretora_aprovado_20231218_0001.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1836/projeto_de_lei_n_505_2023_-_autor_mesa_diretora_aprovado_20231218_0001.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 505/2023 - AUTOR MESA DIRETORA - DETERMINA ÍNDICE DE REAJUSTE PARA OS SERVIDORES PÚBLICOS DA CÂMARA MUNICIPAL DE APODI - RN E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1837</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1837/projeto_de_lei_n_506_2023_-_autor_laete_oliveira_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1837/projeto_de_lei_n_506_2023_-_autor_laete_oliveira_mdb.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 506/2023 - AUTOR LAETE OLIVEIRA-MDB - DISPÕE SOBRE A DENOMINAÇÃO DE VILA DOS ARISTIDES, LOCALIZADA NO SÍTIO LAGOA RASA, ZONA RURAL DO MUNICÍPIO DE APODI/RN E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1844</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1844/projeto_de_lei_n_507_2023_autor_poder_executivo_20240108_0001.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1844/projeto_de_lei_n_507_2023_autor_poder_executivo_20240108_0001.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 507/2023 - AUTOR PODER EXECUTIVO - DISPÕE SOBRE AS AÇÕES PARA IMPLEMENTAÇÃO DO PROJETO DE HABITAÇÃO DE INTERESSE SOCIAL POR MEIO DO PROGRAMA MINHA CASA, MINHA VIDA (PMCVM), DESENVOLVIDO PELO GOVERNO FEDERAL, POR INTERMÉDIO DA CAIXA ECONÔMICA FEDERAL, ESTABELECIDO PELA LEI FEDERAL N° 11.977/2009, ALTERADA PELA LEI N° 12.424/2011, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>PDC</t>
   </si>
   <si>
     <t>Projetos de Decreto Legislativo (PDC)</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/87/projeto_de_decreto_legislativo_n_041_2023_autor_charton_rego_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/87/projeto_de_decreto_legislativo_n_041_2023_autor_charton_rego_mdb.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a outorga de ''Título de Cidadão Apodiense'' ao ilustríssimo Sr. CLÉBIO JARLISON RÊGO DE FREITAS e dá outras providências.</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/88/projeto_de_decreto_legislativo_n_042_2023_autor_charton_rego_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/88/projeto_de_decreto_legislativo_n_042_2023_autor_charton_rego_mdb.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a outorga de ''Título de Cidadão Apodiense'' ao ilustríssimo Sr. LARISSA CARLA BARBOSA CHAVES e dá outras providências.</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/89/projeto_de_decreto_legislativo_n_043_2023_autor_charton_rego_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/89/projeto_de_decreto_legislativo_n_043_2023_autor_charton_rego_mdb.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a outorga de ''Título de Cidadã Apodiense'' a Ilustríssima Sr.ª MARIA DO SOCORRO BARBOSA CHAVES e dá outras providências.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/90/projeto_de_decreto_legislativo_n_044_2023_autor_charton_rego_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/90/projeto_de_decreto_legislativo_n_044_2023_autor_charton_rego_mdb.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a outorga de ''Título de Cidadão Apodiense'' ao Ilustríssimo Sr. CLÉBIO JARLISON RÊGO DE FREITAS e dá outras providências.</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/91/projeto_de_decreto_legislativo_n_045_2022_autor_junior_souza_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/91/projeto_de_decreto_legislativo_n_045_2022_autor_junior_souza_mdb.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a outorga de ''Título de Cidadão Apodiense'' ao Ilustríssimo Sr. JOÃO BATISTA BEZERRA FILHO e dá outras providências.</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/92/projeto_de_decreto_legislativo_n_046_2022_autor_junior_souza_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/92/projeto_de_decreto_legislativo_n_046_2022_autor_junior_souza_mdb.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a outorga de ''Título de Cidadão Apodiense'' ao Ilustríssimo Sr. GILBERTO DE OLIVEIRA JALES e dá outras providências.</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/93/projeto_de_decreto_legislativo_n_047_2022_autor_adailton_targino_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/93/projeto_de_decreto_legislativo_n_047_2022_autor_adailton_targino_mdb.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a outorga de “Título de Cidadão Apodiense” ao Ilustríssimo Sr. MARCELLO BERNARDO PEREIRA GOMES e dá outras providências.</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/94/projeto_de_decreto_legislativo_n_048_2022_autor_junior_souza_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/94/projeto_de_decreto_legislativo_n_048_2022_autor_junior_souza_mdb.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a outorga de “Título de Cidadão Apodiense” ao Ilustríssimo Sr. ITAMAR MANSO MACIEL JÚNIOR e dá outras providências.</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/95/projeto_de_decreto_legislativo_n_049_2022_autor_adailton_targino_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/95/projeto_de_decreto_legislativo_n_049_2022_autor_adailton_targino_mdb.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a outorga de “Título de Cidadão Apodiense” ao Ilustríssimo Sr. JOSÉ ILTON GOMES DA SILVA e dá outras providências.</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>ANGELO DE DAGMAR</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/96/projeto_de_decreto_legislativo_n_050_2023_autor_angelo_suassuna_sd.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/96/projeto_de_decreto_legislativo_n_050_2023_autor_angelo_suassuna_sd.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a outorga de “Título de Cidadão Apodiense” ao Ilustríssimo Sr. GLADSON JOSÉ DE QUEIROZ e dá outras providências.</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>CARLINHOS DE DANDÃO</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/779/projeto_de_decreto_legislativo_n_051_2023_autor_carlin_de_dandao_psb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/779/projeto_de_decreto_legislativo_n_051_2023_autor_carlin_de_dandao_psb.pdf</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO Nº 051/2023 -AUTOR CARLINHOS DE DANDÃO - PSB - Dispõe sobre a outorga de “Título de Cidadã Apodiense” a Ilustríssima Srª. RIANA TEREZA CAVALCANTI CARDOZO e dá outras providências.</t>
   </si>
   <si>
     <t>1709</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1709/projeto_de_decreto_legislativo_n_052_2023_autor_angelo_suassuna_sd.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1709/projeto_de_decreto_legislativo_n_052_2023_autor_angelo_suassuna_sd.pdf</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO Nº 052/2023 – Autor Ângelo Suassuna – SD - Dispõe sobre a outorga de “Título de Cidadão Apodiense” ao Ilustríssimo Sr. FRANCISCO CANINDÉ DE FREITAS e dá outras providências.</t>
   </si>
   <si>
     <t>1830</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1830/projeto_de_decreto_legislativo_n_053_2023_autor_charton_rego_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1830/projeto_de_decreto_legislativo_n_053_2023_autor_charton_rego_mdb.pdf</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO N° 053/2023 - AUTOR CHARTON RÊGO - MDB - DISPÕE SOBRE A OUTORGA DE ''TITULO DE CIDADÃO APODIENSE'' AO ILUSTRÍSSIMO SR. JOSÉ DE ALBUQUERQUE RÊGO E DÁ OUTRAS PROVIDÊNCIAS. ENCAMINHADO AS COMISSÕES NA SESSÃO ORDINÁRIA DO DIA 23 DE NOVEMBRO DE 2023.</t>
   </si>
   <si>
     <t>1831</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1831/decreto_legislativo_n_054_2023__autor_laete_oliveira-mdb__20231206_0001.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1831/decreto_legislativo_n_054_2023__autor_laete_oliveira-mdb__20231206_0001.pdf</t>
   </si>
   <si>
     <t>DECRETO LEGISLATIVO N° 054/2023 – AUTOR LAETE OLIVEIRA-MDB - DISPÕE SOBRE A OUTORGA DE “TÍTULO DE CIDADÃ APODIENSE” A ILUSTRÍSSIMA MARIA RITA DA COSTA MORAIS E DÁ OUTRA PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1843</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1843/projeto_de_decreto_legislativo_n_055_2023_autor_comissao_de_financas_e_orcamento.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1843/projeto_de_decreto_legislativo_n_055_2023_autor_comissao_de_financas_e_orcamento.pdf</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO Nº 055/2023 – AUTOR COMISSÃO DE FINANÇAS E ORÇAMENTO - DISPÕE SOBRE A REJEIÇÃO DE PARECER EMITIDO PELO TRIBUNAL DE CONTAS DO ESTADO DO RIO GRANDE DO NORTE, REFERENTE AS CONTAS DA PREFEITURA MUNICIPAL DE APODI-RN DO EXERCÍCIO DE 2014, PROCESSO Nº 006640/2015-TC (006640/2015-PMAPODI). APROVADO POR 12 (DOZE) VOTOS E 1 (UMA) ABSTENÇÃO NA SESSÃO ORDINÁRIA DO DIA 14 DE DEZEMBRO DE 2023.</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>PRC</t>
   </si>
   <si>
     <t>Projetos de Resolução (PRC)</t>
   </si>
   <si>
     <t>ALEXANDRE BEVENUTO</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/97/projeto_de_resolucao_n_049_2023_autor_alexandre_bevenuto_-_sem_partido.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/97/projeto_de_resolucao_n_049_2023_autor_alexandre_bevenuto_-_sem_partido.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação das transmissões das reuniões deliberativas das Comissões Permanentes e Temporárias da Câmara Municipal de Apodi-RN.</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/98/projeto_de_resolucao_n_050_2023_autor_mesa_diretora.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/98/projeto_de_resolucao_n_050_2023_autor_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>Modifica e cria a estrutura organizacional, altera competências e atribuições de cargos na Câmara Municipal de Apodi/RN.</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/99/projeto_de_resolucao_n_051_2023_autor_mesa_diretora.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/99/projeto_de_resolucao_n_051_2023_autor_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação da Lei N° 14.133, de 1° de Abril de 2021, que dispõe sobre Licitações e Contratos Administrativos, no âmbito do poder Legislativo do Município de Apodi - Estado do Rio Grande do Norte.</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>ADAILTON TARGINO, CHARTON RÊGO, EDNARTE SILVEIRA, JÚNIOR SOUZA, LAETE OLIVEIRA, RAILTON DIÓGENES</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/100/projeto_de_resolucao_n_052_2023_-_autores_diversos_20230721_0001.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/100/projeto_de_resolucao_n_052_2023_-_autores_diversos_20230721_0001.pdf</t>
   </si>
   <si>
     <t>Concede Medalha de Honra ao Mérito “WALTER DE BRITO GUERRA” ao Senhor WALTER PEREIRA ALVES, pelos relevantes serviços prestados ao municipio de Apodi-RN.</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/101/projeto_de_resolucao_n_053_2023_-_autor_adailton_targino_mdb_20230721_0001.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/101/projeto_de_resolucao_n_053_2023_-_autor_adailton_targino_mdb_20230721_0001.pdf</t>
   </si>
   <si>
     <t>Concede a “Comenda Saúde em Destaque ANDREW SAMUEL” a Senhora FRANCISCA GILVANEIDE HOLANDA DO CARMO, de acordo com a Lei Municipal N° 1.609/2020 de 16 de maço de 2020.</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/102/projeto_de_resolucao_n_054_2023_autor_carlin_de_dandao_psb_20230721_0001.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/102/projeto_de_resolucao_n_054_2023_autor_carlin_de_dandao_psb_20230721_0001.pdf</t>
   </si>
   <si>
     <t>Concede Medalha de Honra ao Mérito “WALTER DE BRITO GUERRA” a Senhora MARA MARLIZETE  DUARTE MARINHO PAIVA, pelos relevantes serviços prestados ao municipio de Apodi-RN.</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/103/projeto_de_resolucao_n_055_2023_autor_ednarte_silveira_mdb_20230721_0001.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/103/projeto_de_resolucao_n_055_2023_autor_ednarte_silveira_mdb_20230721_0001.pdf</t>
   </si>
   <si>
     <t>Concede Medalha de Honra ao Mérito “WALTER DE BRITO GUERRA” a Senhora ELIZABETE GOMES DE OLIVEIRA, pelos relevantes serviços prestados ao municipio de Apodi-RN.</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/104/projeto_de_resolucao_n_056_2022_autor_angelo_suassuna_ssd.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/104/projeto_de_resolucao_n_056_2022_autor_angelo_suassuna_ssd.pdf</t>
   </si>
   <si>
     <t>Concede a “Comenda Saúde em Destaque ANDREW SAMUEL” ao Senhor RONDINERES REBOUÇAS DA COSTA, de acordo com a Lei Municipal Nº 1.609/2020 de 16 de março de 2020.</t>
   </si>
   <si>
     <t>1793</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1793/projeto_de_resolucao_n_057_2023_autor_laete_nova_redacao_20241114_0001.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1793/projeto_de_resolucao_n_057_2023_autor_laete_nova_redacao_20241114_0001.pdf</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO N° 57/2023 AUTOR LAETE OLIVEIRA-MDB – DISPÕE SOBRE A CRIAÇÃO DA FRENTE PARLAMENTAR EM DEFESA DOS DIREITOS DAS CRIANÇAS E DOS ADOLESCENTES E DÁ OUTRAS PROVIDÊNCIAS. ENCAMINHADO AS COMISSÕES NA SESSÃO ORDINÁRIA DO DIA 23 DE NOVEMBRO DE 2023. RETIRADO PARA UMA NOVA REDAÇÃO DIA 16 DE MAIO DE 2024. Recebeu Nova Redação no dia 13/11/2024. APROVADO NA SESSÃO ORDINÁRIA DIA 14 DE NOVEMBRO DE 2024.</t>
   </si>
   <si>
     <t>1839</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1839/projeto_de_resolucao_n_058_2023_autor_mesa_diretora_2023-2024.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1839/projeto_de_resolucao_n_058_2023_autor_mesa_diretora_2023-2024.pdf</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO N° 058/2023 - AUTOR MESA DIRETORA - INSTITUI, NO ÂMBITO DA CÂMARA MUNICIPAL DE APODI - RN, A COMISSÃO PERMANENTE DE ACOMPANHAMENTO DE PATRIMÔNIO, ALMOXARIFADO E INVENTÁRIO; E AVALIAÇÃO DE BENS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1842</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1842/projeto_de_resolucao_n_059_2023_autor_mesa_diretora_2023-2024.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1842/projeto_de_resolucao_n_059_2023_autor_mesa_diretora_2023-2024.pdf</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO N° 059/2023 - AUTOR MESA DIRETORA – DISPÕE SOBRE AUTORIZAÇÃO PARA DOAÇÃO DE BENS PERTENCENTE À CÂMARA MUNICIPAL DE APODI PARA AS PREFEITURA MUNICIPAL DE APODI E DÁ OUTRAS PROVIDÊNCIAS. APROVADO NA SESSÃO ORDINÁRIA DO DIA 14 DE DEZEMBRO DE 2023</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicações (IND)</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/10/indicacao_n_603_2023_autor_gilvan_alves_ssd.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/10/indicacao_n_603_2023_autor_gilvan_alves_ssd.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 603/2023 – AUTOR GILVAN ALVES-SSD -  ALAN JEFFERSON DA SILVEIRA PINTO, Prefeito Municipal, Prefeito Municipal de Apodi, que digne determinar a Secretaria Municipal de Transporte, Obras Públicas - SEMTOP, em caráter de URGÊNCIA fazer a pavimentação da Rua Raimundo Monteiro Cavalcante, na cidade de Apodi-RN.</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/11/indicacao_n_604_2023_autor_charton_rego_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/11/indicacao_n_604_2023_autor_charton_rego_mdb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 604/2023 – AUTOR CHARTON RÊGO-MDB -  ALAN JEFFERSON DA SILVEIRA PINTO, Prefeito Municipal, Prefeito Municipal de Apodi, que se digne em repor diversas luminárias queimadas nos Assentamentos Moacir Lucena, Lage do Meio, Paraíso e Baixa do Tubarão, bem como inserir e priorizar essa comunidades para receber iluminação de Led.</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/12/indicacao_n_605_2023_autor_adailton_targino_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/12/indicacao_n_605_2023_autor_adailton_targino_mdb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 605/2023 - AUTOR ADAILTON TARGINO - MDB - ALAN JEFFERSON DA SILVEIRA PINTO, Prefeito Municipal, Prefeito Municipal de Apodi, no sentido de solicitar à Secretaria Municipal de Obras, instalação de lombadas na rua principal de Soledade.</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/13/indicacao_n_606_2023_autor_gilvan_alves_ssd.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/13/indicacao_n_606_2023_autor_gilvan_alves_ssd.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 606/2023 – AUTOR GILVAN ALVES-SSD -  ALAN JEFFERSON DA SILVEIRA PINTO, Prefeito Municipal de Apodi, no sentido de solicitar à Secretaria Municipal de Obras e equipe responsável realizar a pavimentação com paralelepípedo (calçamento) da rua Joaquim Pereira do Amaral ao lado da escola Zenilda Gama).</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/14/indicacao_n_607_2023_autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/14/indicacao_n_607_2023_autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 607/2023 – AUTOR ANDREAZO ALVES-PL -  ALAN JEFFERSON DA SILVEIRA PINTO, Prefeito Municipal de Apodi, que se digne determinar a SECRETARIA MUNICIPAL DE URBANISMO, TRANSPORTES, OBRAS E SERVIÇOS URBANOS realizar o serviço de revitalização da área turística da barragem de Santa Cruz.</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
     <t>ALEXANDRE BEVENUTO, CARLINHOS DE DANDÃO, JÚNIOR CARLOS</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/15/indicacao_n_608_2023_autores_alexandre_junior_carlos_e_carlin_de_dandao.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/15/indicacao_n_608_2023_autores_alexandre_junior_carlos_e_carlin_de_dandao.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº. 608/2023 - AUTORES ALEXANDRE BEVENUTO-SEM PARTIDO – JÚNIOR CARLOS-PSB E CARLIN DE DANDÃO-PSB - ALAN JEFFERSON DA SILVEIRA PINTO, Prefeito Municipal de Apodi, que digne isentar das taxas os vendedores ambulantes e barraqueiros que seja do municipio de Apodi, que vão trabalhar durante o carnaval de 2023</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/16/indicacao_n_609_2023_autor_adailton_targino_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/16/indicacao_n_609_2023_autor_adailton_targino_mdb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 609/2023 - AUTOR ADAILTON TARGINO - MDB - ALAN JEFFERSON DA SILVEIRA PINTO, Prefeito Municipal, Prefeito Municipal de Apodi, no sentido de solicitar à Secretaria Municipal de Obras a instalação de uma academia popular na Aurora da Serra.</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/17/indicacao_n_610_2023_autores_adailton_targino-mdb_e_carlin_de_dandao-psb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/17/indicacao_n_610_2023_autores_adailton_targino-mdb_e_carlin_de_dandao-psb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 610/2023 - AUTORES ADAILTON TARGINO - MDB, CARLINHOS DE DANDÃO - PSB - ALAN JEFFERSON DA SILVEIRA PINTO, Prefeito Municipal de Apodi, no sentido de solicitar à secretaria municipal de obras e equipe responsável realizar a reparação da estrada vicinal que liga Soledade II ao São Francisco, mas conhecida como corredor de Chico Miranda.</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/18/indicacao_n_611_2023_autor_laete_oliveira_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/18/indicacao_n_611_2023_autor_laete_oliveira_mdb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 611/2023 - AUTOR LAETE OLIVEIRA - MDB - ALAN JEFFERSON DA SILVEIRA PINTO, que empreenda esforços, para execução de pavimentação á paralelepípedo nas ruas Galdino Matias de Sousa cruzando com Dix-Huit Rosado.</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/19/indicacao_n_612_2023_autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/19/indicacao_n_612_2023_autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 612/2023 – AUTOR ANDREAZO ALVES – PL - ALAN JEFERSON DA SILVEIRA PINTO, que se digne determinar a SECRETARIA MUNICIPAL DE URBANISMO, TRANPORTES, OBRAS E SERVIÇOS URBANOS realizar o serviço de roço de matos nas ruas Vingt Rosado (Rodoviária) e Senador Marcos Freire (Baixa do CAIC).</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/20/indicacao_n_613_2023_autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/20/indicacao_n_613_2023_autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 613/2023 – AUTOR ANDREAZO ALVES – PL - ALAN JEFERSON DA SILVEIRA PINTO, que se digne determinar a SECRETARIA MUNICIPAL DE URBANISMO, TRANPORTES, OBRAS E SERVIÇOS URBANOS realizar o serviço de tapa buraco na Rua Ver. José Barra Neto, nas proximidades do bairro Garilândia.</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/21/indicacao_n_614_2023_autor_adailton_targino-mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/21/indicacao_n_614_2023_autor_adailton_targino-mdb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 614/2023 - AUTOR ADAILTON TARGINO - MDB - Alan Jefferson da Silveira Pinto, Prefeito Municipal de Apodi, no sentido de realizar a reforma e limpeza da Praça do Museu do Distrito de Soledade.</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/22/indicacao_n_615_2023_autor_adailton_targino-mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/22/indicacao_n_615_2023_autor_adailton_targino-mdb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 615/2023 - AUTOR ADAILTON TARGINO - MDB - Alan Jefferson da Silveira Pinto, Prefeito Municipal de Apodi, no sentido de solicitar à secretaria municipal de urbanismo e serviços urbanos iluminar o terreno que fica ao lado do ginásio no bairro COHAB, solicitação está reivindicada pelos moradores do bairro.</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/23/indicacao_n_615_2023_autor_adailton_targino-mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/23/indicacao_n_615_2023_autor_adailton_targino-mdb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 616/2023 - AUTOR ADAILTON TARGINO - MDB - Alan Jefferson da Silveira Pinto, Prefeito Municipal de Apodi, no sentido de solicitar à secretaria municipal de urbanismo e serviços urbanos iluminar o terreno que fica ao lado do ginásio no bairro COHAB, solicitação está reivindicada pelos moradores do bairro.</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/24/indicacao_n_617_2023_autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/24/indicacao_n_617_2023_autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 617/2023 - AUTOR ANDREAZO ALVES - PL - ALAN JEFERSON DA SILVEIRA PINTO, que se digne determinar a SECRETARIA MUNICIPAL DE URBANISMO, TRANSPORTES, OBRAS E SERVIÇOS URBANOS realizar o serviço de roço de mato na rua Professora Maria Isabel de Assunção (Bacural 1).</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/25/indicacao_n_618__2023_autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/25/indicacao_n_618__2023_autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>NDICAÇÃO N° 618/2023 - AUTOR ANDREZO ALVES - PL - ALAN JEFERSON DA SILVEIRA PINTO, que se digne determinar a SECRETARIA MUNICIPAL DE URBANISMO, TRANPORTES, OBRAS E SERVIÇOS URBANOS realizar o serviço de revitalização do trecho que fica nas imediações do Parque de Vaquejada.</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/26/indicacao_n_619__2023_autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/26/indicacao_n_619__2023_autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 619/2023 - AUTOR ANDREAZO ALVES - PL - ALAN JEFERSON DA SILVEIRA PINTO, que se digne determinar a SECRETARIA MUNICIPAL DE URBANISMO, TRANPORTES, OBRAS E SERVIÇOS URBANOS realizar o serviço de retirada de entulhos na rua Dix-Huit Rosado (Lagoa Seca)</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/27/indicacao_n_620__2023_autor_railton_alves_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/27/indicacao_n_620__2023_autor_railton_alves_mdb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 620/2023 - AUTOR RAILTON DIÓGENES - MDB - Alan Jefferson da Silveira Pinto, Prefeito Municipal de Apodi, no sentido de instala parque infantil na Creche sonho de criança.</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/28/indicacao_n_621__2023_autor_railton_alves_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/28/indicacao_n_621__2023_autor_railton_alves_mdb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 621/2023 - AUTOR RAILTON DIÓGENES - MDB - Alan Jefferson da Silveira Pinto, Prefeito Municipal de Apodi, no sentido de climatizar todas as salas da Escola Municipal Isabel Aurélio Torres.</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/29/indicacao_n_622__2023_autor_junior_carlos_psb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/29/indicacao_n_622__2023_autor_junior_carlos_psb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 622/2023 - AUTOR JUNIOR CARLOS - PSB - Alan Jefferson da Silveira Pinto, Prefeito Municipal de Apodi, que cumpra de acordo com a Lei N° 1.110/2017 02 de Fevereiro de 2017. ''Art. 1° O Poder executivo Municipal fornecerá, gratuitamente, a cada aluno matriculado na rede municipal de ensino Pré-escolar e fundamental, no início do ano letivo dois kits do fardamento escolar, no prazo de até 45 (quarenta e cinco) dias, após o início das aulas.''</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/30/indicacao_n_623__2023_autor_gilvan_alves_ssd.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/30/indicacao_n_623__2023_autor_gilvan_alves_ssd.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 623/2023 - AUTOR GILVAN ALVES – SSD - ALAN JEFFERSON DA SILVEIRA PINTO, Prefeito Municipal de Apodi, que digne determinar a Secretaria Municipal de Urbanismo e Serviços Urbanos - SEMUS, em caráter de URGÊNCIA fazer a revitalização da ACADEMIA DA SAÚDE (pintura e na estrutura física) no Bairro IPE nas proximidades da Maçonaria, na cidade de Apodi-RN.</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/31/indicacao_n_624__2023_autor_gilvan_alves_ssd.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/31/indicacao_n_624__2023_autor_gilvan_alves_ssd.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 624/2023 - AUTOR GILVAN ALVES – SSD - ALAN JEFFERSON DA SILVEIRA PINTO, Prefeito Municipal de Apodi, que digne determinar a Secretaria Municipal de Urbanismo e Serviços Urbanos - SEMUS, fazer a instalação de uma ACADEMIA DA SAÚDE e um PARQUINHO na Praça entre as ruas Primeiro de Maio e Luís Leite no bairro Lagoa Seca na cidade de Apodi/RN.</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/32/indicacao_n_625__2023_autor_ednarte_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/32/indicacao_n_625__2023_autor_ednarte_mdb.pdf</t>
   </si>
   <si>
     <t>NDICAÇÃO N° 625/2023 - AUTOR EDNARTE SILVEIRA - MDB - ALAN JEFFERSON DA SILVEIRA PINTO, Prefeitura Municipal de Apodi, que se digne a determinar a Secretaria Municipal de Saúde, que defina uma equipe de profissionais para a realização periódica mensal da coleta de materiais para exames laboratoriais na UBS do Município de Apodi, Zona Rural.</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/33/indicacao_n_626__2023_autor_laete_oliveira_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/33/indicacao_n_626__2023_autor_laete_oliveira_mdb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 626/2023 - AUTOR LAETE OLIVEIRA - MDB - ALAN JEFFERSON DA SILVEIRA PINTO, que empreenda esforços, para a execução de estudo de viabilidade econômica para a construção de moradias sociais, de impacto ambiental, com o objetivo de analisar a possível retirada dos mutuários com casas nas áreas de riscos de desabamentos e alagamentos situados no Bairro Baixa do CAIC, zona urbana.</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/34/indicacao_n_627__2023_autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/34/indicacao_n_627__2023_autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 627/2023 - AUTOR ANDREAZO ALVES - PL - ALAN JEFERSON DA SILVEIRA PINTO, que se digne determinar a SECRETARIA MUNICIPAL DE URBANISMO, TRANSPORTES, OBRAS E SERVIÇOS URBANOS que seja colocado de volta os blocos de concreto na Br-405, para melhor sinalização do trânsito.</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/35/indicacao_n_728_2023_autor_adailton_targino_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/35/indicacao_n_728_2023_autor_adailton_targino_mdb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 628/2023 - AUTOR ANDREAZO ALVES - PL - EANN STYVENSON VALETIM MENDES, Senador da Republica, que se digne solicitar o envio de um ônibus escolar, por parte de suas emendas, para o município de Apodi.</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/36/indicacao_n_629__2023_autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/36/indicacao_n_629__2023_autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 629/2023 - AUTOR ANDREAZO ALVES - PL - ALAN JEFERSON DA SILVEIRA PINTO, que se digne determinar a SECRETARIA MUNICIPAL DE URBANISMO, TRANSPORTES, OBRAS E SERVIÇOS URBANOS realizar o serviço de retirada de barro que acumulou em decorrência das chuvas, na rua Senador Severo Gomes (Baixa do CAIC).</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/37/indicacao_n_630_2023_autor_adailton_targino-mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/37/indicacao_n_630_2023_autor_adailton_targino-mdb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 630/2023 - AUTOR ADAILTON TARGINO - MDB - ALAN JEFFERSON DA SILVEIRA PINTO, Prefeito Municipal de Apodi, no sentido de solicitar a Secretaria Municipal de Urbanismo, Transporte e Serviços Urbanos e equipe responsável fazer a troca de 03 (três) lâmpadas no Sítio João Pedro.</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/38/oficio_n_631_2023_autor_carlin_de_dandao_psb_20230720_0001.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/38/oficio_n_631_2023_autor_carlin_de_dandao_psb_20230720_0001.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 631/2023 – AUTOR CARLIN DE DANDÃO-PSB -  ALAN JEFFERSON DA SILVEIRA PINTO, Prefeito Municipal de Apodi, no sentido de que se faça recuperação das estradas vicinais da região do polo do Gois, (sitio do Gois, Caiçara, Paulo Canapum, P.A Tabuleiro Grande e Fazenda Nordeste) pertencente no município de Apodi-RN.</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/39/indicacao_n_632_2023_autor_carlin_de_dandao_psb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/39/indicacao_n_632_2023_autor_carlin_de_dandao_psb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 632/2023 – AUTOR CARLIN DE DANDÃO-PSB -  ALAN JEFFERSON DA SILVEIRA PINTO, Prefeito Municipal de Apodi, no sentido de que se faça a recuperação do corredor que fica entre Vila Nova e Nova Descoberta que dar acesso ao sitio João Pedro no município de Apodi-RN.</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/40/indicacao_n_633_2023_autor_adailton_targino-mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/40/indicacao_n_633_2023_autor_adailton_targino-mdb.pdf</t>
   </si>
   <si>
     <t>NDICAÇÃO N° 633/2023 – AUTOR ADAILTON TARGINO - Alan Jefferson da Silveira Pinto, Prefeito Municipal de Apodi, no sentido de solicitar à secretaria municipal de obras e equipe responsável realizar a recuperação do corredor que liga o Assentamento Vila Nova aos Japonês, e entre a Rua de Acesso ao Lajedo até Vila Nova.</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/41/indicacao_n_634_2023_autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/41/indicacao_n_634_2023_autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 634/2023 - AUTOR ANDREAZO ALVES - PL - Alan Jefferson da Silveira Pinto, Prefeito Municipal de Apodi, ALAN JEFERSON DA SILVEIRA PINTO, que se digne determinar a SECRETARIA MUNICIPAL DE URBANISMO, TRANSPORTES, OBRAS E SERVIÇOS URBANOS que seja colocado placas de conscientização para que não seja colocado animais no local que é praticado esportes na praça Vilson Custódio.</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/42/indicacao_n_635_2023_autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/42/indicacao_n_635_2023_autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 635/2023 - AUTOR ANDREAZO ALVES - PL - ALAN JEFERSON DA SILVEIRA PINTO, que se digne determinar a SECRETARIA MUNICIPAL DE URBANISMO, TRANSPORTES, OBRAS E SERVIÇOS URBANOS que seja feito a retirada de entulhos na rua Adrião Bezerra.</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/43/indicacao_n_636_2023_autor_unior_carlos_psb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/43/indicacao_n_636_2023_autor_unior_carlos_psb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 636/2023 - AUTOR JUNIOR CARLOS - PSB - Alan Jefferson da Silveira Pinto, Prefeito Municipal de Apodi, que se digne fazer a recuperação das estradas vicinais das comunidades Vertente e Olho D'agua na região da chapada do Apodi.</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/44/indicacao_n_637_2023_autor_railton_diogenes_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/44/indicacao_n_637_2023_autor_railton_diogenes_mdb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 637/2023 - AUTOR RAILTON DIÓGENES- MDB - Alan Jefferson da Silveira Pinto, Prefeito Municipal de Apodi, no sentido de fazer convênio com a secretaria de desenvolvimento estadual com intuito de uma parceria com usina de asfalto, para recuperação de asfalto já existente e aquisição em novas rodovias.</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/45/indicacao_n_638_2023_autor_railton_diogenes_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/45/indicacao_n_638_2023_autor_railton_diogenes_mdb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 638/2023 - AUTOR RAILTON DIÓGENES - MDB - Alan Jefferson da Silveira Pinto, Prefeito Municipal de Apodi, no sentido de enviar equipe responsável para manutenção e limpeza do esgoto da avenida Moésio Holanda, no trecho do posto cidade 2 e Rua Canarinho.</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/46/indicacao_n_639_2023_autor_railton_diogenes_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/46/indicacao_n_639_2023_autor_railton_diogenes_mdb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 639/2023 - AUTOR RAILTON DIÓGENES - MDB - Alan Jefferson da Silveira Pinto, Prefeito Municipal de Apodi, no sentido de enviar equipe responsável para limpeza e retirada de areia da Avenida Moésio Holanda, no complemento que liga ao Distrito Córrego.</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/47/indicacao_n_640_2023_autor_railton_diogenes_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/47/indicacao_n_640_2023_autor_railton_diogenes_mdb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 640/2023 - AUTOR RAILTON DIÓGENES - MDB - Alan Jefferson da Silveira Pinto, Prefeito Municipal de Apodi, no sentido de enviar equipe responsável para manutenção e reparo do esgoto na Avenida Deputado Vingt Rosado, causado por fortes chuvas.</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/48/indicacao_n_641_2023_autor_angelo_de_dagmar_ssd.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/48/indicacao_n_641_2023_autor_angelo_de_dagmar_ssd.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 641/2023 - AUTOR ÂNGELO DE DAGMAR - SD - Alan Jefferson da Silveira Pinto, Prefeito Municipal de Apodi, no sentido de solicitar criação de um auxílio financeiro a todas os trabalhadores(as) que trabalham na informalidade no abatedouro público de Apodi.</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
     <t>FILIPE GUSTAVO</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/49/indicacao_n_642_2023_autor_filipe_gus.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/49/indicacao_n_642_2023_autor_filipe_gus.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 642/2023 - AUTOR FILIPE GUSTAVO- PL - ALAN JEFFERSON DA SILVEIRA PINTO, no sentido de fazer a recuperação da estrada vicinal do corredor de doca do Rosário na chapada do Apodi/RN.</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/126/indicacao_n_643_2023_autor_carlin_de_dandao_psb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/126/indicacao_n_643_2023_autor_carlin_de_dandao_psb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 643/2023 - AUTOR CARLINHOS DE DANDÃO - PSB - ALAN JEFFERSON DA SILVEIRA, no sentido de fazer a manutenção das luminárias (Lâmpadas) onde as mesmas se encontram queimadas no Sítio Lage do Meio nas proximidades da residência de Rosemiro Feitosa no Município de Apodi/RN.</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/127/indicacao_n_644_2023_autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/127/indicacao_n_644_2023_autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 644/2023 - AUTOR ANDREAZO ALVES - PL - ALAN JEFERSON DA SILVEIRA PINTO, que se digne determinar a SECRETARIA MUNICIPAL DE URBANISMO, TRANSPORTES, OBRAS E SERVIÇOS URBANOS que seja recuperado o pequeno trecho de estrada vicinal que liga o bairro Garilândia a estrada principal do vale do Apodi (depois da secretaria de agricultura).</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/128/indicacao_n_645_2023_autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/128/indicacao_n_645_2023_autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 645/2023 - AUTOR ANDREAZO ALVES - PL - ALAN JEFERSON DA SILVEIRA PINTO, que se digne determinar a SECRETARIA MUNICIPAL DE URBANISMO, TRANSPORTES, OBRAS E SERVIÇOS URBANOS que seja feito o roço de mato na rua Vingt rosado.</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/129/indicacao_n_646_2023_autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/129/indicacao_n_646_2023_autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 646/2023 - AUTOR ANDREAZO ALVES - PL - ALAN JEFERSON DA SILVEIRA PINTO, que se digne determinar a SECRETARIA MUNICIPAL DE URBANISMO, TRANSPORTES, OBRAS E SERVIÇOS URBANOS realizar o serviço de retirada de entulhos e limpeza do esgoto nas ruas Vingt Rosado e Manoel antão de Albuquerque (Portal da Chapada).</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/130/indicacao_n_647_2023_autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/130/indicacao_n_647_2023_autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 647/2023 - AUTOR ANDREAZO ALVES - PL - ALAN JEFERSON DA SILVEIRA PINTO, que se digne determinar a SECRETARIA MUNICIPAL DE URBANISMO, TRANSPORTES, OBRAS E SERVIÇOS URBANOS realizar o serviço de retirada de entulhos e roço de mato na rua Abiú (Cohab).</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/131/indicacao_n_648_2023_autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/131/indicacao_n_648_2023_autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 648/2023 - AUTOR ANDREAZO - PL - ALAN JEFERSON DA SILVEIRA PINTO, que através da SECRETARIA MUNICIPAL DE EDUCAÇÃO, analise a viabilidade de proporcionar aos bolsistas/professores responsáveis pelos alunos autistas cursos especializados, visando a uma capacitação adequada que os possibilite saber intervir e proporcionar uma efetiva inclusão escolar.</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/132/indicacao_n_649_2023_autor_carlin_de_dandao_psb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/132/indicacao_n_649_2023_autor_carlin_de_dandao_psb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 649/2023 - AUTOR CARLINHOS DE DANDÃO - PSB - ALAN JEFFERSON DA SILVEIRA PINTO, Prefeito Municipal de Apodi, no sentido de que se faça uma reforma na Escola Municipal Francisco Targino da Costa no Distrito de Soledade pertencente no Município de Apodi/RN.</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/133/indicacao_n_650_2023_autor_carlin_de_dandao_psb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/133/indicacao_n_650_2023_autor_carlin_de_dandao_psb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 650/2023 - AUTOR CARLINHOS DE DANDÃO - PSB - ALAN JEFFERSON DA SILVEIRA PINTO, Prefeito Municipal de Apodi, no sentido de fazer a manutenção das luminárias (lâmpadas) onde as mesmas se encontram queimadas no Sítio do Góis pertencentes a Apodi/RN.</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/134/indicacao_n_651_2023_autor_carlin_de_dandao_psb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/134/indicacao_n_651_2023_autor_carlin_de_dandao_psb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 651/2023 - AUTOR CARLINHOS DE DANDÃO - PSB - ALAN JEFFERSON DA SILVEIRA PINTO, Prefeito Municipal de Apodi, no sentido de que se faça um mutirão de limpeza no lajedo de Soledade, principalmente na área preservada pertencente ao Município de Apodi/RN.</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/135/indicacao_n_652_2023_autor_carlin_de_dandao_psb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/135/indicacao_n_652_2023_autor_carlin_de_dandao_psb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 652/2023 - AUTOR CARLINHOS DE DANDÃO - PSB - ALAN JEFFERSON DA SILVEIRA PINTO, Prefeito Municipal de Apodi, no sentido de fazer a manutenção das luminárias (lâmpadas) onde as mesmas se encontram queimadas na rua de Zé do cabelo no Distrito de Soledade pertencente á Apodi/RN.</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/136/indicacao_n_643_2023_autor_carlin_de_dandao_psb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/136/indicacao_n_643_2023_autor_carlin_de_dandao_psb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 653/2023 - AUTOR ADAILTON TARGINO - MDB - Alan Jefferson da Silveira Pinto, Prefeito Municipal de Apodi, no sentido de solicitar à secretaria municipal de urbanismo, transporte e serviços urbanos e equipe responsável realizar com URGÊNCIA mutirão com de limpeza na Barragem. Colocando lixeira e fazendo coleta regular de entulhos e lixo.</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/137/indicacao_n_654_2023_autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/137/indicacao_n_654_2023_autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 654/2023 - AUTOR ANDREAZO ALVES - PL - ALAN JEFERSON DA SILVEIRA PINTO, que se digne determinar a SECRETARIA MUNICIPAL DE URBANISMO, TRANSPORTES, OBRAS E SERVIÇOS URBANOS realizar o serviço de tapa buracos na rua Francisco Cabral (Ao lado da AABB).</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/138/indicacao_n_655_2023_autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/138/indicacao_n_655_2023_autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 655/2023 - AUTOR ANDREAZO ALVES - PL - ALAN JEFERSON DA SILVEIRA PINTO, que se digne determinar a SECRETARIA MUNICIPAL DE URBANISMO, TRANSPORTES, OBRAS E SERVIÇOS URBANOS realizar o serviço de tapa buracos na rua Josué Sizenando (trecho da Br 405)</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/139/indicacao_n_656_2023_autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/139/indicacao_n_656_2023_autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 656/2023 - AUTOR ANDREAZO ALVES - PL - ALAN JEFERSON DA SILVEIRA PINTO, que se digne determinar a SECRETARIA MUNICIPAL DE URBANISMO, TRANSPORTES, OBRAS E SERVIÇOS URBANOS consertar o esgoto que fica entre a rua Padre João da Cunha e a Br 405 (em frente ao Bar Leão)</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/140/indicacao_n_657_2023_autor_adailton_targino-mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/140/indicacao_n_657_2023_autor_adailton_targino-mdb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 657/2023 - AUTOR ADAILTON TARGINO - MDB - Alan Jefferson da Silveira Pinto, no sentido de solicitar á Secretaria Municipal de Obras e equipe responsável realizar a reparação da estrada vicinal que liga Caboclo I ao Carpina.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/141/indicacao_n_658_2023_autor_filipe_gustavo_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/141/indicacao_n_658_2023_autor_filipe_gustavo_pl.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 658/2023 - AUTOR FILIPE GUSTAVO - PL - Alan Jefferson da Silveira Pinto, Prefeito Municipal de Apodi/RN, no sentido de fazer a recuperação de buracos da Rua Dix-Sept Rosado, próximo á funerária Funeplanos na cidade de Apodi/RN.</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/142/indicacao_n_659__2023_autor_charton_rego_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/142/indicacao_n_659__2023_autor_charton_rego_mdb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 659/2023 - AUTOR CHARTON RÊGO - MDB - Alan Jefferson da Silveira Pinto, Prefeito Municipal de Apodi/RN, se digne em contratar maquinário e mão de obra para realizar força tarefa focada na recuperação das estradas vicinais no Município de Apodi-RN.</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/143/indicacao_n_660__2023_autor_charton_rego_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/143/indicacao_n_660__2023_autor_charton_rego_mdb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 660/2023 - AUTOR CHARTON RÊGO - MDB - Alan Jefferson da Silveira Pinto, Prefeito Municipal de Apodi/RN, que se digne em instalar a iluminação da estrada vicinal que liga o Bairro Pequé.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/144/indicacao_n_661_2023_autor_filipe_gustavo_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/144/indicacao_n_661_2023_autor_filipe_gustavo_pl.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 661/2023 - AUTOR FILIPE GUSTAVO - PL - Alan Jefferson da Silveira Pinto, Prefeito Municipal de Apodi/RN, que se digne em caráter de urgência a recuperação de estrada vicinal que liga o Sítio Urbano ao Distrito do Córrego</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/145/indicacao_n_662_2023_autor_junior_carlos_psb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/145/indicacao_n_662_2023_autor_junior_carlos_psb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 662/2023 - AUTOR JUNIOR CARLOS - PSB - Alan Jefferson da Silveira Pinto, Prefeito Municipal de Apodi/RN, que se digne fazer estudos para viabilizar a contratação de segurança para todas as escolas e creches do nosso Município.</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/146/indicacao_n_663_2023_autor_junior_carlos_psb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/146/indicacao_n_663_2023_autor_junior_carlos_psb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 663/2023 - AUTOR JUNIOR CARLOS - PSB - Alan Jefferson da Silveira Pinto, Prefeito Municipal de Apodi/RN, que encaminhe uma equipe de engenharia a passagem molhada do Rio Apodi/Mossoró, mais precisamente na passagem Mazinho, afim de ser realizado um projeto que viabilize a reforma e ampliação daquela passagem molhada.</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/147/indicacao_n_640_2023_autor_junior_carlos_psb__20230725_0001.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/147/indicacao_n_640_2023_autor_junior_carlos_psb__20230725_0001.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 664/2023 - AUTOR JUNIOR CARLOS - PSB - Alan Jefferson da Silveira Pinto, Prefeito Municipal de Apodi/RN, que seja realizada a construção de uma usina de energia solar para cobrir todo consumo de energia púbica do nosso Município.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/148/indicacao_n_665_2023_autor_junior_carlos_psb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/148/indicacao_n_665_2023_autor_junior_carlos_psb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 665/2023 - AUTOR JUNIOR CARLOS - PSB - Alan Jefferson da Silveira Pinto, Prefeito Municipal de Apodi/RN, que se digne a fazer a revitalização da praça e de todo o complexo poliesportivo localizado na frente do ginásio Wilson Custódio.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/149/indicacao_n_666_2023_autor_junior_souza_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/149/indicacao_n_666_2023_autor_junior_souza_mdb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 666/2023 - AUTOR JUNIOR SOUZA - MDB - Alan Jefferson da Silveira Pinto, Prefeito Municipal de Apodi, solicitando a recuperação das Lombadas redutoras de velocidade na almirante Barroso, proximidades do comércio de Leo Monteiro.</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/150/indicacao_n_667__2023_autor_laete_oliveira_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/150/indicacao_n_667__2023_autor_laete_oliveira_mdb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 667/2023 - AUTOR LAETE OLIVEIRA - MDB - Alan Jeferson da Silveira, que empreenda esforços, para a execução de estudo de viabilidade econômica para a contratação de seguranças, de detectores de metais, instalação de câmeras, cercas elétricas, elevação dos muros, botão de pânico nas escolas municipais interligado com a companhia de polícia militar.</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/151/indicacao_n_868_2024_autor_wellington_cristino_pp_20240611_0001.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/151/indicacao_n_868_2024_autor_wellington_cristino_pp_20240611_0001.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 868/2024 - AUTOR WELLINGTON CRISTINO-PP – ALAN JEFFERSON DA SILVEIRA PINTO, PREFEITO MUNICIPAL DE APODI, E A SECRETARIA MUNICIPAL DE SAÚDE NO SENTIDO DE FAZER A INFORMATIZAÇÃO DOS SISTEMAS DO CAPS – CENTRO DE ATENÇÃO PSICOSSOCIAL, INCLUINDO IMPLANTAÇÃO DO PRONTUÁRIO ELETRÔNICO.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/152/indicacao_n_669__2023_autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/152/indicacao_n_669__2023_autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 669/2023 - AUTOR - ANDREAZO ALVES - PL - Alan Jeferson da Silveira Pinto, que seja encaminhado a DEFESA CIVIL DO MUNICÍPIO que possa da um parecer técnico e avaliar o estado de crise no vale do Apodi, como também a passagem do Córrego (Chico Adelino) para o período de cheias.</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/153/indicacao_n_670__2023_autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/153/indicacao_n_670__2023_autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 670/2023 - AUTOR - ANDREAZO ALVES - PL - Alan Jeferson da Silveira, que se digne determinar a SECRETARIA MUNICIPAL DE URBANISMO, TRANSPORTES, OBRAS E SERVIÇOS que seja feita a retirada de entulhos na Rua José Jeronildes Cabral.</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/154/indicacao_n_671__2023_autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/154/indicacao_n_671__2023_autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 671/2023 - AUTOR ANDREAZO ALVES - PL - ALAN JEFFERSON DA SILVEIRA PINTO, que se digne determinar a SECRETARIA MUNICIPAL DE URBANISMO, TRANSPORTES, OBRAS E SERVIÇOS URBANOS realizar o serviço de limpeza e revitalização na rua Euclides Pereira torres (Bairro Peque).</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/155/indicacao_n_672__2023_autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/155/indicacao_n_672__2023_autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 672/2023 - AUTOR ANDREAZO ALVES-PL - ALAN JEFFERSON DA SILVEIRA PINTO, que se digne determinar a SECRETARIA MUNICIPAL DE URBANISMO, TRANSPORTES, OBRAS E SERVIÇOS URBANOS realizar o serviço de retirada de entulhos na rua Tiradentes (rua da maternidade).</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/156/indicacao_n_673_2023_autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/156/indicacao_n_673_2023_autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 673/2023 - AUTOR ANDREAZO ALVES-PL -ALAN JEFERSON DA SILVEIRA PINTO, que se digne determinar a SECRETARIA MUNICIPAL DE URBANISMO, TRANSPORTES, OBRAS E SERVIÇOS URBANOS realizar o serviço de roço de matos nas ruas Alegria e Caridade (Bacurau 1).</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/157/indicacao_n_674_2023_autor_marcos_diogenes_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/157/indicacao_n_674_2023_autor_marcos_diogenes_mdb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 674/2023 - AUTOR RAILTON DIÓGENES - MDB -ALAN JEFFERSON DA SILVEIRA PINTO, Prefeito Municipal de Apodi, no sentido de enviar equipe responsável para instalação de placas de identificação das localidades na região da areia.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/158/indicacao_n_675_2023_autor_marcos_diogenes_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/158/indicacao_n_675_2023_autor_marcos_diogenes_mdb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 675/2023 - AUTOR RAILTON DIÓGENES - MDB - ALAN JEFFERSON DA SILVEIRA PINTO, Prefeito Municipal de Apodi, no sentido de enviar equipe responsável para manutenção, reparo do esgoto e Pavimentação na Rua João de Deus de Lima.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/159/indicacao_n_676_2023_autor_marcos_diogenes_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/159/indicacao_n_676_2023_autor_marcos_diogenes_mdb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 676/2023 - AUTOR RAILTON DIOGENES - MDB - ALAN JEFFERSON DA SILVEIRA PINTO, Prefeito Municipal de Apodi, no sentido de instalar lixeira de postes e substituir os carros de mãos usados pelos agentes de limpezas (Garis), por carrinho cilíndricos, por uma questão ergonômica e um trabalho eficiente dos agentes.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/160/indicacao_n_677_2023_autor_junior_carlos_psb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/160/indicacao_n_677_2023_autor_junior_carlos_psb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 677/2023 – AUTOR JÚNIOR CARLOS – PSB - ALAN JEFFERSON DA SILVEIRA PINTO, Prefeito Municipal de Apodi, que seja realizada uma limpeza no terminal turístico da Barragem de Santa Cruz, como também a organização do espaço.</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/</t>
+    <t>http://sapl.apodi.rn.leg.br/media/</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 678/2023 - AUTOR ADAILTON TARGINO - MDB - Alan Jefferson da Silveira Pinto, Prefeito Municipal de Apodi, no sentido de solicitar à secretaria Municipal urbanismo e serviços urbanos realizar o roço do mato na RN-233 que liga Apodi ao Distrito de Soledade.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/162/indicacao_n_679_2023_autor_laete_oliveira_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/162/indicacao_n_679_2023_autor_laete_oliveira_mdb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 679/2023 - AUTOR LAETE OLIVEIRA - MDB - ALAN JEFFERSON DA SILVEIRA PINTO, que empreenda esforços, para execução de instalação de redutores de velocidade, lombadas, troca das bocas de lobos de ferro por concreto, reparos nos canteiros centrais e sinalização no Calçadão da lagoa.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/163/indicacao_n_680_2023_autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/163/indicacao_n_680_2023_autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 680/2023 - AUTOR ANDREAZO ALVES - PL - ALAN JEFFERSON DA SILVEIRA PINTO, que se digne determinar a Secretaria Municipal de Urbanismo, Transportes, Obras e Serviços Urbanos que seja recolocada a caçamba de lixo na Av. Moésio Holanda (Bacurau 1).</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/189/indicacao_n_681_2023_autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/189/indicacao_n_681_2023_autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 681/2023 - AUTOR ANDREAZO ALVES - PL - ALAN JEFFERSON DA SILVEIRA PINTO, que se digne determinar a Secretaria Municipal de Urbanismo, Transportes, Obras e Serviços Urbanos realizar o serviço de substituição de luminárias na praça Cecília Maia Martins (Av. Joaquim Teixeira de Moura).</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/190/indicacao_n_682_2023_autor_junior_carlos_psb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/190/indicacao_n_682_2023_autor_junior_carlos_psb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 682/2023 - AUTOR JUNIOR CARLOS - PSB - ALAN JEFFERSON DA SILVEIRA PINTO, que digne fazer a continuação da pavimentação a paralelepípedo das Ruas Francisco Virgínio de Oliveira e Raimundo Monteiro Cavalcante ambas no bairro CAIC na cidade de Apodi-RN.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/191/indicacao_n_683_2023_autor_junior_carlos_psb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/191/indicacao_n_683_2023_autor_junior_carlos_psb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 683/2023 - AUTOR JUNIOR CARLOS - PSB - ALAN JEFFERSON DA SILVEIRA PINTO, que digne fazer a recuperação do pavimentação e a recuperação do esgoto na rua Padre Benedito Alves ao lado da Escola Estadual Ferreira Pinto na cidade de Apodi-RN (Conforme fotos em anexo).</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/192/indicacao_n_684_2023_autor_junior_carlos_psb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/192/indicacao_n_684_2023_autor_junior_carlos_psb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 684/2023 - AUTOR JUNIOR CARLOS - PSB - ALAN JEFFERSON DA SILVEIRA PINTO, que digne destinar equipes das Secretarias Municipais de Apodi, para fazer nas mediações do Hospital Regional Hélio Morais Marinho da cidade de Apodi-RN: Limpeza (matos, poda de arvores, etc.) começando na BR 405 até a entrada/frente do Hospital; Revitalização dos canteiros da entrada e do estacionamento do referido local; e, Estudo de viabilidade para asfaltar da BR 405 até o hospital.</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/193/indicacao_n_685_2023_autor_adailton_targino_mdb_20230503_0001.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/193/indicacao_n_685_2023_autor_adailton_targino_mdb_20230503_0001.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 685/2023 - AUTOR ADAILTON TARGINO - MDB - ALAN JEFFERSON DA SILVEIRA PINTO, Prefeito Municipal de Apodi, no sentido de solicitar a equipe responsável da Secretaria Municipal de Urbanismo, Transporte, Obras e Serviços Urbanos, fazer implantação de novos braços com luminárias nos postes que não tem no Assentamento Paraíso, mais especificamente no lote do Pastor Osmar. Esta mesma solicitação foi feita no dia 16 de setembro de 2022, e até agora não foi atendida. https://camaraapodi.rn.gov.br/atividade-legislativa/materias-legislativas/materia-legislativa/1599/detalhe/</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/194/indicacao_n_686_2023_autor_ednarte_silveira_mdb_20230503_0001.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/194/indicacao_n_686_2023_autor_ednarte_silveira_mdb_20230503_0001.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 686/2023 - AUTOR EDNARTE SILVEIRA - MDB - ALAN JEFFERSON DA SILVEIRA PINTO, Prefeito Municipal de Apodi, que se digne a instalar 4 (quatro) postes completos nos canteiros centrais no distrito de Melancias no municipio de Apodi-RN, dando continuidade a iluminação. https://camaraapodi.rn.gov.br/atividade-legislativa/materias-legislativas/materia-legislativa/1597/detalhe/</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/195/indicacao_n_687_2023_autor_ednarte_silveira_mdb_20230503_0001.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/195/indicacao_n_687_2023_autor_ednarte_silveira_mdb_20230503_0001.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 687/2023 - AUTOR EDNARTE SILVEIRA - MDB - ALAN JEFFERSON DA SILVEIRA PINTO, Prefeito Municipal de Apodi, que se digne a instalar 1 (um) poste completo na entrada da Barragem de Santa Cruz no municipio de Apodi-RN. https://camaraapodi.rn.gov.br/atividade-legislativa/materias-legislativas/materia-legislativa/1598/detalhe/</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/196/indicacao_n_688_2023_autor_andreazo_alves_pl_20230503_0001.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/196/indicacao_n_688_2023_autor_andreazo_alves_pl_20230503_0001.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 688/2023 - AUTOR ANDREAZO ALVES - PL - ALAN JEFFERSON DA SILVEIRA PINTO, Prefeito Municipal de Apodi, que se digne determinar a  SECRETARIA MUNICIPAL DE URBANISMO, TRANSPORTES, OBRAS E SERVIÇOS que seja feito o serviço de revitalização do calçamento na Rua Vingt Rosado (Nas proximidades da Arena Hiper). https://camaraapodi.rn.gov.br/atividade-legislativa/materias-legislativas/materia-legislativa/1600/detalhe/</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/197/indicacao_n_689_2023_autor_andreazo_alves_pl_20230503_0001.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/197/indicacao_n_689_2023_autor_andreazo_alves_pl_20230503_0001.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 689/2023 - AUTOR ANDREAZO ALVES - PL - ALAN JEFFERSON DA SILVEIRA PINTO, prefeito Municipal de Apodi, que se digne determinar a  SECRETARIA MUNICIPAL DE URBANISMO, TRANSPORTES, OBRAS E SERVIÇOS que seja feito o serviço de limpeza do canteiro principal da BR-405 (Na subida da serra).</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/198/indicacao_n_690_2023_autor_andreazo_alves_pl_20230503_0001.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/198/indicacao_n_690_2023_autor_andreazo_alves_pl_20230503_0001.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 690/2023 - AUTOR ANDREAZO ALVES - PL - ALAN JEFFERSON DA SILVEIRA PINTO, prefeito Municipal de Apodi, que se digne determinar a  SECRETARIA MUNICIPAL DE URBANISMO, TRANSPORTES, OBRAS E SERVIÇOS que seja feito o serviço de tapa buraco no calçamento da Av. Moésio Holanda (Bacurau 1).</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/199/indicacao_n_691_2023_autor_adailton_targino_mdb_20230503_0001.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/199/indicacao_n_691_2023_autor_adailton_targino_mdb_20230503_0001.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 691/2023 - AUTOR ADAILTON TARGINO - MDB - ALAN JEFFERSON DA SILVEIRA PINTO, Prefeito Municipal de Apodi, no sentido de solicitar a Secretaria Municipal de Urbanismo, Transporte e Serviços Urbanos e equipe responsável fazer a revitalização do complexo esportivo do Ginásio Wilson Custodio.</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/200/indicacao_n_692_2023_autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/200/indicacao_n_692_2023_autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 692/2023 - AUTOR ANDREAZO ALVES - PL - ALAN JEFFERSON DA SILVEIRA PINTO, Prefeito Municipal de Apodi, que se digne determinar a SECRETARIA MUNICIPAL DE URBANISMO, TRANSPORTES, OBRAS E SERVIÇOS URBANOS realizar o serviço de revitalização das estradas vicinal do Rio Novo e Santa Rosa até a divisa de Umarizal.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/201/indicacao_n_693_2023_autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/201/indicacao_n_693_2023_autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 693/2023 - AUTOR ANDREAZO ALVES - PL - ALAN JEFFERSON DA SILVEIRA PINTO, Prefeito Municipal de Apodi, que se digne determinar a SECRETARIA MUNICIPAL DE URBANISMO, TRANSPORTES, OBRAS E SERVIÇOS URBANOS realizar o serviço de revitalização da estrada vicinal que liga a comunidade de Juazeiro a comunidade de reforma.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/202/indicacao_n_694_2023_autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/202/indicacao_n_694_2023_autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 694/2023 - AUTOR ANDREAZO ALVES - PL - ALAN JEFFERSON DA SILVEIRA PINTO, Prefeito Municipal de Apodi, que se digne determinar a SECRETARIA MUNICIPAL DE URBANISMO, TRANSPORTES, OBRAS E SERVIÇOS URBANOS realizar o serviço de tapa buraco nas ruas Felipe Guerra e Josué Sizenando (especificamente nos trechos que ligam as ruas a Br-405).</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/203/indicacao_n_695_2023_autor_charton_rego_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/203/indicacao_n_695_2023_autor_charton_rego_mdb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 695/2023 - AUTOR CHARTON RÊGO - MDB - ALAN JEFFERSON DA SILVEIRA PINTO, Prefeito Municipal de Apodi,  que se digne em realizar as instalações elétricas necessárias que resultem em iluminação do Acampamento Santa Catarina, na Região da Chapada do Apodi - RN.</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/204/indicacao_n_696_2023_autor_ednarte_silveira_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/204/indicacao_n_696_2023_autor_ednarte_silveira_mdb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 696/2023 - AUTOR EDNARTE SILVEIRA-MDB - ALAN JEFFERSON DA SILVEIRA PINTO, Prefeito Municipal de Apodi, no sentido de solicitar a SECRETARIA MUNICIPAL DE URBANISMO, TRANSPORTES, OBRAS E SERVIÇOS URBANOS a instalação de uma lombada na rua Adrião Bezerra (depois do esquinão do feijão, próximo ao comercio de machadinho).</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/205/indicacao_n_697_2023_autor_laete_oliveira_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/205/indicacao_n_697_2023_autor_laete_oliveira_mdb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 697/2023 - AUTOR LAETE OLIVEIRA-MDB - ALAN JEFFERSON DA SILVEIRA PINTO, Prefeito Municipal de Apodi, que empreenda esforços, para execução de revitalização da parte externa do Ginásio de Esporte Vilson Custódio com a implantação de paralelepípedo.</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/206/indicacao_n_698_2023_autor_laete_oliveira_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/206/indicacao_n_698_2023_autor_laete_oliveira_mdb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 698/2023 - AUTOR LAETE OLIVEIRA-MDB - ALAN JEFFERSON DA SILVEIRA PINTO - Prefeito Municipal de Apodi, que empreenda esforços, para execução de poda urgente das árvores que compõem a arborização das principais vias públicas, avenidas e canteiros.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/207/indicacao_n_699_2023_autor_laete_oliveira_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/207/indicacao_n_699_2023_autor_laete_oliveira_mdb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 699/2023 - AUTOR LAETE OLIVEIRA-MDB - ALAN JEFFERSON DA SILVEIRA PINTO - Prefeito Municipal de Apodi, que empreenda esforços, para fornecer cursos profissionalizantes para trabalhadores que atuam na limpeza da cidade.</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/208/indicacao_n_700_2023_autor_laete_oliveira_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/208/indicacao_n_700_2023_autor_laete_oliveira_mdb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 700/2023 - AUTOR LAETE OLIVEIRA-MDB - ALAN JEFFERSON DA SILVEIRA PINTO - Prefeito Municipal de Apodi, que empreenda esforços, para que disponibilize no contra turno escolar cursos profissionalizantes nas escolas, a fim de preparar os alunos para o futuro mercado de trabalho.</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/209/indicacao_n_701_2023_autor_charton_rego_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/209/indicacao_n_701_2023_autor_charton_rego_mdb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 701/2023 - AUTOR CHARTON RÊGO - MDB - ALAN JEFFERSON DA SILVEIRA PINTO - Prefeito Municipal de Apodi que se digne em realizar serviço de limpeza de esgoto a céu aberto, roço de mato e manutenção do trecho de rua de terra localizada ao lado do muro da Escola Zenilda Gama: Joaquim Pereira do Amaral, Bairro Portal da Chapada.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/210/indicacao_n_702_2023_autor_railton_diogenes_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/210/indicacao_n_702_2023_autor_railton_diogenes_mdb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 702/2023 - AUTOR RAILTON DIÓGENES - MDB - ALAN DE MELO RODRIGUES, SECRETÁRIO MUNICIPAL DE URBANISMO E SERVIÇOS URBANOS DE APODI, que realize operação de tampa buracos na Avenida Moésio Holanda nas proximidades da empresa Arte e Plantas no Município de Apodi/RN.</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/211/indicacao_n_703_2023_autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/211/indicacao_n_703_2023_autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 703/2023 - AUTOR ANDREAZO ALVES-PL - ALAN JEFFERSON DA SILVEIRA PINTO - Prefeito Municipal de Apodi que se digne determinar a SECRETARIA MUNICIPAL DE URBANISMO, TRANSPORTES, OBRAS E SERVIÇOS URBANOS realizar o serviço de retirada de entulhos na ruas João Batista, Padre da cunha (próximo a igreja presbiteriana) e Luís Jacinto de Oliveira (Em frente ao Colégio Celina Vitória).</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/212/indicacao_n_704_2023_autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/212/indicacao_n_704_2023_autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 704/2023 - AUTOR ANDREAZO ALVES-PL - ALAN JEFFERSON DA SILVEIRA PINTO - Prefeito Municipal de Apodi que se digne determinar a SECRETARIA MUNICIPAL DE URBANISMO, TRANSPORTES, OBRAS E SERVIÇOS URBANOS realizar o serviço de tapa buracos na rua Vereador José Dionizio de Morais (Baixa do Caic).</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/213/indicacao_n_705_2023_autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/213/indicacao_n_705_2023_autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 705/2023 - AUTOR ANDREAZO ALVES-PL - ALAN JEFFERSON DA SILVEIRA PINTO - Prefeito Municipal de Apodi, que se digne determinar a SECRETARIA MUNICIPAL DE URBANISMO, TRANSPORTES, OBRAS E SERVIÇOS URBANOS realizar o serviço de limpeza na rua Antônio Leão da Silveira (Portal da Chapada).</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/214/indicacao_n_706_2023_autor_gilvan_alves_ssd.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/214/indicacao_n_706_2023_autor_gilvan_alves_ssd.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 706/2023 - AUTOR GILVAN ALVES - SOLIDARIEDADE - ALAN JEFFERSON DA SILVEIRA PINTO - Prefeito Municipal de Apodi e a Secretaria Municipal de Urbanismo, Transporte, Obras e Serviços Urbanos, no sentido da instalação de lombadas na Av. Van Rosado, devido ao grande número de acidentes ocorrido naquele local. Sendo necessário observar o local de instalação das mesmas.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/215/indicacao_n_707_2023_autor_gilvan_alves_ssd.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/215/indicacao_n_707_2023_autor_gilvan_alves_ssd.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 707/2023 - AUTOR GILVAN ALVES - SOLIDARIEDADE - ALAN JEFFERSON DA SILVEIRA PINTO - Prefeito Municipal de Apodi e a Secretaria Municipal de Urbanismo, Transporte, Obras e Serviços Urbanos, no sentido da instalação de duas lombadas no prolongamento da Av. Moésio Holanda próximo ao sítio carnaubinha, nas imediações das casas existentes.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/216/indicacao_n_708_2023_autor_gilvan_alves_ssd.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/216/indicacao_n_708_2023_autor_gilvan_alves_ssd.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 708/2023 - AUTOR GILVAN ALVES - SOLIDARIEDADE - ALAN JEFFERSON DA SILVEIRA PINTO - Prefeito Municipal de Apodi e a Secretaria Municipal de Urbanismo, Transporte, Obras e Serviços Urbanos, no sentido da instalação de uma lombada na Rua Francisco Leão da Silveira, bairro Garilândia, nas proximidades da Casa de N° 396. (Solicitação feita em 22 de agosto de 2022).</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/217/indicacao_n_709_2023_autor_gilvan_alves_ssd.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/217/indicacao_n_709_2023_autor_gilvan_alves_ssd.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 709/2023 - AUTOR GILVAN ALVES-SOLIDARIEDADE - Alan Jefferson da Silveira Pinto - Prefeito Municipal de Apodi, e a Secretaria Municipal de Urbanismo, Transporte, Obras e Serviços Urbanos, no sentido da instalação de uma lombada na Rua Manoel Valdevino de Oliveira, nas proximidades da casa de N° 133 (por trás da AABB).</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/218/indicacao_n_710_2023_autor_ednarte_silveira_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/218/indicacao_n_710_2023_autor_ednarte_silveira_mdb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 710/2023 - AUTOR EDNARTE SILVEIRA-MDB - ALAN JEFFERSON DA SILVEIRA PINTO - Prefeito Municipal de Apodi, que se digne a realizar recuperação das estradas do Distrito de Melancias e comunidades adjacentes.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/219/indicacao_n_711_2023_autor_laete_oliveira_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/219/indicacao_n_711_2023_autor_laete_oliveira_mdb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 711/2023 - AUTOR LAETE OLIVEIRA-MDB - PREFEITO MUNICIPAL DE APODI, ALAN JEFFERSON DA SILVEIRA PINTO, que empreenda esforços, para a execução de limpeza urgente e o implemento de calçamento á paralelepípedo na Rua Roberto C. Oliveira, e ruas adjacentes, bairro IPE.</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/220/indicacao_n_712_2023_autor_adailton_targino_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/220/indicacao_n_712_2023_autor_adailton_targino_mdb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 712/2023 - AUTOR ADAILTON TARGINO - MDB - Alan Jefferson da Silveira Pinto, Prefeito Municipal de Apodi, no sentido de solicitar à secretaria municipal de urbanismo, transporte, obras e serviços urbanos e equipe responsável realizar mutirão de limpeza no Bairro Portal da Chapada.</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/221/indicacao_n_713_2023_autor_laete_oliveira_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/221/indicacao_n_713_2023_autor_laete_oliveira_mdb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 713/2023 - AUTOR LAETE OLIVEIRA - MDB - PREFEITO MUNICIPAL DE APODI, ALAN JEFFERSON DA SILVEIRA PINTO, que empreenda esforços, para a execução de limpeza urgente e o implemento de calçamento á paralelepípedo na Rua João de Deus Gomes até a Rua Manoel Pompeu, Bairro Bacurau 1.</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/222/indicacao_n_714_2023_autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/222/indicacao_n_714_2023_autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 714/2023 - AUTOR ANDREZO ALVES - PL - ALAN JEFFERSON DA SILVEIRA PINTO, que se digne determinar a Secretaria Municipal de Urbanismo, Transportes, Obras e Serviços Urbanos realizar o serviço de recapeamento do asfalto na rua João Epitácio Nogueira.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/223/indicacao_n_715_2023_autor_adailton_targino_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/223/indicacao_n_715_2023_autor_adailton_targino_mdb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 715/2023 - AUTOR ADAILTON TARGINO - MDB - Alan Jefferson da Silveira Pinto, Prefeito Municipal de Apodi, no sentido de solicitar à secretaria municipal de urbanismo, transporte, obras e serviços urbanos e equipe responsável fazer iluminação ou mudança da lixeira que fica localizada na Van-Rosado, devido à falta de iluminação da mesma está ocorrendo vários acidente.</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/224/indicacao_n_716_2023_autor_carlos_alexandre_-_sem_partido.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/224/indicacao_n_716_2023_autor_carlos_alexandre_-_sem_partido.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 716/2023 - AUTOR ALEXANDRE ALVES - SEM PARTIDO - ALAN JEFFERSON DA SILVEIRA PINTO, PREFEITO MUNICIPAL DE APODI, que seja feita a limpeza na Rua Roberto C. Oliveira (ao lado do cemitério parque da saudade).</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/225/indicacao_n_717_2023_autor_ednarte_silveira_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/225/indicacao_n_717_2023_autor_ednarte_silveira_mdb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 717/2023 - AUTOR EDNARTE SILVEIRA-MDB - ALAN JEFFERSON DA SILVEIRA PINTO, PREFEITO MUNICIPAL DE APODI, que seja determinar a Secretaria Municipal de Obras e Urbanismo que se digne em definir uma equipe para a realização periódica mensal de limpeza em mutirão nos principais pontos e coleta de entulhos e podas de árvores em todos os Distritos, na Zona Rural do municipio de Apodi.</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/226/indicacao_n_718_2023_autor_filipe_gustavo_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/226/indicacao_n_718_2023_autor_filipe_gustavo_pl.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 718/2023 - AUTOR FILIPE GUSTAVO-PL - ALAN JEFFERSON DA SILVEIRA PINTO, Prefeito Municipal de Apodi, e a Secretaria Municipal de Urbanismo, Transportes, Obras e Serviços Urbanos, no sentido da instalação de postes com iluminação na Avenida Vingt Rosado, devido ao grande número de acidentes ocorrido naquele local.</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/227/indicacao_n_719_2023_autor_carlin_de_dandao_psb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/227/indicacao_n_719_2023_autor_carlin_de_dandao_psb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 719/2023 - AUTOR CARLINHOS DE DANDÃO-PSB - ALAN JEFFERSON DA SILVEIRA PINTO, PREFEITO MUNICIPAL DE APODI, no sentido de regularizar o abastecimento de água da comunidade Sítio do Góis, dessa forma, se fazendo necessário a contratação de um novo funcionário.</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/228/indicacao_n_720_2023_autor_charton_rego_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/228/indicacao_n_720_2023_autor_charton_rego_mdb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 720/2023 - AUTOR CHARTON RÊGO-MDB - ALAN JEFFERSON DA SILVEIRA PINTO, PREFEITO MUNICIPAL DE APODI, que se digne em realizar instalação de central de ar na Creche Unidade XLIII São Sabino no P.A. Portal de Chapada, comunidade localizada na Zona Rural de Apodi-RN.</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/229/indicacao_n_721_2023_autor_charton_rego_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/229/indicacao_n_721_2023_autor_charton_rego_mdb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 721/2023 - AUTOR CHARTON RÊGO-MDB - ALAN JEFFERSON DA SILVEIRA PINTO, PREFEITO MUNICIPAL DE APODI, que se digne em adquirir e disponibilizar as pessoas com transtorno de espectro autista, pais, responsáveis e cuidadores, o cordão de identificação “Alma Azul”.</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/230/indicacao_n_722_2023_autor_filipe_gustavo_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/230/indicacao_n_722_2023_autor_filipe_gustavo_pl.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 722/2023 - AUTOR FILIPE GUSTAVO-PL - ALAN JEFFERSON DA SILVEIRA PINTO, PREFEITO MUNICIPAL DE APODI, e a Secretaria Municipal de Urbanismo, Transportes, Obras e Serviços Urbanos no sentido de fazer a limpeza e a execução de calçamento a paralelepípedo da Rua Geronildes Cabral no bairro Bicentenário na cidade de Apodi-RN.</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/231/indicacao_n_723_2023_autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/231/indicacao_n_723_2023_autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 723/2023 - AUTOR ANDREAZO ALVES- PL - ALAN JEFERSON DA SILVEIRA PINTO, que se digne determinar a SECRETARIA MUNICIPAL DE URBANISMO, TRANSPORTES, OBRAS E SERVIÇOS URBANOS que seja realizado o serviço do conserto dos calçamentos das ruas Parque de vaquejada e Raimunda Ferreira de Sales (ruas que dão acesso ao parque de vaquejada).</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/232/indicacao_n_724_2023_autor_carlin_de_dandao_psb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/232/indicacao_n_724_2023_autor_carlin_de_dandao_psb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 724/2023 - AUTOR CARLINHOS DE DANDÃO-PSB - ALAN JEFERSON DA SILVEIRA PINTO, PREFEITO MUNICIPAL DE APODI, no sentido de que se faça uma limpeza no cemitério público do Distrito de Soledade.</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/233/indicacao_n_725_2023_autor_carlin_de_dandao_psb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/233/indicacao_n_725_2023_autor_carlin_de_dandao_psb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 725/2023 - AUTOR CARLINHOS DE DANDÃO-PSB - Alan Jefferson da Silveira Pinto, Prefeito Municipal de Apodi, no sentido de faça 4 lombadas na principal próximo ao calçamento novo no Distrito de Soledade.</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/234/indicacao_n_726_2023_autor_adailton_targino_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/234/indicacao_n_726_2023_autor_adailton_targino_mdb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 726/2023 - AUTOR ADAILTON TARGINO-MDB - Alan Jefferson da Silveira Pinto, Prefeito Municipal de Apodi, no sentido de solicitar à secretaria municipal de urbanismo, transportes, obras e serviços urbanos e equipe responsável realizar o roço do mato nas margens da BR-405 até o Distrito de Soledade (RN-233). Despachada e encaminhada na Sessão Ordinária do dia 7 de junho de 2023.</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/235/indicacao_n_727_2023_autor_adailton_targino_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/235/indicacao_n_727_2023_autor_adailton_targino_mdb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 727/2023 - AUTOR ADAILTON TARGINO-MDB - Alan Jefferson da Silveira Pinto, Prefeito Municipal de Apodi, no sentido de solicitar a equipe responsável da Secretaria Municipal de Urbanismo, Transporte, Obras e Serviços Urbanos, fazer mutirão de limpeza no Distrito de Soledade, com retirada de entulhos, roço de mato, pintura de meio fio, tapa buracos e demais serviços.</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/236/indicacao_n_728_2023_autor_adailton_targino_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/236/indicacao_n_728_2023_autor_adailton_targino_mdb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 728/2023 - AUTOR ADAILTON TARGINO-MDB - Alan Jefferson da Silveira Pinto, Prefeito Municipal de Apodi, no sentido de solicitar a equipe responsável da Secretaria Municipal de Urbanismo, Transporte, Obras e Serviços Urbanos, fazer implantação de luminárias nos postes no Sítio Pitombeira, (colocando relé; implantando braços com luminárias).</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/237/indicacao_n_729_2023_autor_carlin_de_dandao_psb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/237/indicacao_n_729_2023_autor_carlin_de_dandao_psb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 729/2023 - AUTOR CARLINHOS DE DANDÃO-PSB - Alan Jefferson da Silveira Pinto, Prefeito Municipal de Apodi, no sentido de que se faça uma limpeza no calçamento novo no Sítio Poço de Izauro.</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/238/indicacao_n_730_2023_autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/238/indicacao_n_730_2023_autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 730/2023 - AUTOR ANDREAZO ALVES-PL - ALAN JEFFERSON DA SILVEIRA PINTO, que se digne determinar a SECRETARIA MUNICIPAL DE URBANISMO, TRANSPORTES, OBRAS E SERVIÇOS URBANOS realizar o serviço de retirada de entulhos na rua Raimundo Cabral dos Santos (Portal da Chapada).</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/239/indicacao_n_731_2023_autor_adailton_targino_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/239/indicacao_n_731_2023_autor_adailton_targino_mdb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 731/2023 - AUTOR ADAILTON TARGINO-MDB - Alan Jefferson da Silveira Pinto, Prefeito Municipal de Apodi, no sentido de solicitar à Secretaria Municipal de Obras e equipe responsável realizar a recuperação do calçamento da rua Governador José Varela próximo á esquina que liga ao Centro de Saúde, devido á abertura de um buraco próximo ao esgoto que vem causando vários acidentes.</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/240/indicacao_n_732_2023_autor_filipe_gustavo_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/240/indicacao_n_732_2023_autor_filipe_gustavo_pl.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 732/2023 - AUTOR FILIPE GUSTAVO-PL - Alan Jefferson da Silveira Pinto, Prefeito Municipal de Apodi, e a Secretaria Municipal de urbanismo, transportes, obras e serviços urbanos no sentido de fazer a implementação de uma lombada na região central da Rua Tiradentes no bairro São Sebastião na cidade de Apodi/RN.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/241/indicacao_n_733_2023_autor_laete_oliveira_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/241/indicacao_n_733_2023_autor_laete_oliveira_mdb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 733/2023 - AUTOR LAETE OLIVEIRA-MDB - Excelentíssimo Senhor Prefeito Municipal, Alan Jeferson da Silveira, que empreenda esforços, para a execução para implemento de calçamento a paralelepípedo da Rua Rosa Áurea, Bairro Bacurau 1.</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/242/indicacao_n_734_2023_autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/242/indicacao_n_734_2023_autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 734/2023 - AUTOR ANDREAZO ALVES - PL - ALAN JEFERSON DA SILVEIRA PINTO, que se digne determinar a SECRETARIA MUNICIPAL DE URBANISMO, TRANSPORTES, OBRAS E SERVIÇOS URBANOS realizar o serviço de limpeza e concerto de calçamento na rua Francisco Manoel de Paiva (Baixa do Caic)</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/243/indicacao_n_735_2023_autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/243/indicacao_n_735_2023_autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 735/2023 - AUTOR ANDREAZO ALVES - PL -  ALAN JEFERSON DA SILVEIRA PINTO, que se digne determinar a SECRETARIA MUNICIPAL DE URBANISMO, TRANSPORTES, OBRAS E SERVIÇOS URBANOS realizar o serviço de retirada de entulhos na Rua Senador Marcos Freire (Bacurau II).</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/244/indicacao_n_736_2023_autor_charton_rego_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/244/indicacao_n_736_2023_autor_charton_rego_mdb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 736/2023 - AUTOR CHARTON RÊGO-MDB - - ALAN JEFFERSON DA SILVEIRA PINTO, Prefeito Municipal de Apodi, que se digne em realizar serviço de recuperação de estradas vicinais que dão acesso a Quixabeirinha, Comunidade rural localizada na Chapada do Apodi - RN. Comunicamos que o SR Gilberto Freire da Silva (Presidente da Associação) disponibiliza o material de qualidade para realização do serviço e, ainda, também disponibiliza o contato que se segue para alinhamento no sentido de busca por soluções: (84) 9 9967-4230.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/245/indicacao_n_737_2023_autor_adailton_targino_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/245/indicacao_n_737_2023_autor_adailton_targino_mdb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 737/2023 - AUTOR ADAILTON TARGINO-MDB - Alan Jefferson da Silveira Pinto, Prefeito Municipal de Apodi, no sentido de solicitar à secretaria municipal de urbanismo, transportes, obras e serviços urbanos e equipe responsável realizar o roço do mato e limpeza na Rua Raimundo Pinheiro França, no bairro Bacurau (Rua de Léo Frutas).</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/246/indicacao_n_738_2023_autor_charton_rego_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/246/indicacao_n_738_2023_autor_charton_rego_mdb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 738/2023 - AUTOR CHARTON RÊGO-MDB - Prefeitura Municipal de Apodi que se digne em disponibilizar serviço telefônico para denúncias de infrações às Leis Municipais sob os números: 1663/2020, 1523/2019, 1473/2019, 1505/2019, bem como apresentar aos cidadãos apodienses por meio das mídias, trabalho pedagógico nas escolas, instalação de outdoor, afixação de cartazes o serviço anteriormente indicado.</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/247/indicacao_n_739_2023_autor_gilvan_alves_sd.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/247/indicacao_n_739_2023_autor_gilvan_alves_sd.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 739/2023 - AUTOR GILVAN ALVES - SD - Alan Jefferson da Silveira Pinto, Prefeito Municipal de Apodi, no sentido de solicitar serviço de pintura e soldas nas varandas da Av. Joaquim Teixeira de Moura, na altura da AABB até à Câmara Municipal de Apodi.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/248/indicacao_n_741_2023_autor_gilvan_alves_sd.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/248/indicacao_n_741_2023_autor_gilvan_alves_sd.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 740/2023 - AUTOR GILVAN ALVES - SD - Alan Jefferson da Silveira Pinto, Prefeito Municipal de Apodi, no sentido de solicitar instalação de coletoras poli guindaste.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/249/indicacao_n_741_2023_autor_gilvan_alves_sd.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/249/indicacao_n_741_2023_autor_gilvan_alves_sd.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 741/2023 - AUTOR GILVAN ALVES - SD - Alan Jefferson da Silveira Pinto, Prefeito Municipal de Apodi, no sentido de solicitar instalação de coletores de tambor.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/250/indicacao_n_742_2023_autor_junior_souza_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/250/indicacao_n_742_2023_autor_junior_souza_mdb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 742/2023 - AUTOR JUNIOR SOUZA - MDB - Prefeito Municipal de Apodi, ALAN JEFFERSON DA SILVEIRA PINTO, que digne determinar a SECRETARIA MUNICIPAL DE URBANISMO, TRANSPORTES, OBRAS E SERVIÇOS URBANOS, fazer a recuperação do calçamento da rua Francisco Manoel de Paiva na Baixa do CAIC na cidade de Apodi-RN.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/251/indicacao_n_743_2023_autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/251/indicacao_n_743_2023_autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 743/2023 - AUTOR ANDREAZO ALVES - PL - ALAN JEFERSON DA SILVEIRA PINTO, que se digne determinar a SECRETARIA MUNICIPAL DE URBANISMO, TRANSPORTES, OBRAS E SERVIÇOS URBANOS que seja feito o serviço de recuperação no cruzamento das ruas Galdino Matias de Souza e Dix-Huit Rosado (Bairros Lagoa Seca e Betel). O trecho encontra-se intransitável para o tráfego de veículos e pessoas.</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/252/indicacao_n_744_2023_autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/252/indicacao_n_744_2023_autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 744/2023 - AUTOR ANDREAZO ALVES - PL - ALAN JEFERSON DA SILVEIRA PINTO, que se digne determinar a SECRETARIA MUNICIPAL DE URBANISMO, TRANSPORTES, OBRAS E SERVIÇOS URBANOS realizar o serviço de retirada de entulhos nas ruas Luís Jacinto de Oliveira (Lagoa seca), Senador Marcos Freire (Baixa do CAIC) e Manoel Antão de Albuquerque (Portal da Chapada).</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/253/indicacao_n_745_2023_autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/253/indicacao_n_745_2023_autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 745/2023 - AUTOR ANDREAZO ALVES - PL -ALAN JEFERSON DA SILVEIRA PINTO, que se digne determinar a SECRETARIA MUNICIPAL DE URBANISMO, TRANSPORTES, OBRAS E SERVIÇOS URBANOS realizar o serviço de limpeza nas imediações da Escola Estadual Prof. Alvanir de Freitas Dias (CAIC) e Creche Sonho de Criança.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/254/indicacao_n_746_2023_autor_ednarte_silveira_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/254/indicacao_n_746_2023_autor_ednarte_silveira_mdb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 746/2023 - AUTOR EDNARTE SILVEIRA-MDB - Prefeito Municipal de Apodi, ALAN JEFFERSON DA SILVEIRA PINTO, que digne determinar a SECRETARIA MUNICIPAL DE URBANISMO, TRANSPORTES, OBRAS E SERVIÇOS URBANOS, solicitando instalação de lombada na Rua Vereador Abílio Soares de Macedo, bairro Lagoa Seca, próximo ao mercadinho União de Agaci.</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/255/indicacao_n_747_2023_autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/255/indicacao_n_747_2023_autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 747/2023 - AUTOR ANDREAZO ALVES-PL - ALAN JEFFERSON DA SILVEIRA PINTO, que se digne determinar a Secretaria Municipal de Urbanismo, Transportes, Obras e Serviços Urbanos que seja feito o serviço de revitalização das estradas vicinais da região da pedra.</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 748/2023 – AUTOR ANDREAZO ALVES-PL -  ALAN JEFERSON DA SILVEIRA PINTO, que se digne determinar a SECRETARIA MUNICIPAL DE URBANISMO, TRANSPORTES, OBRAS E SERVIÇOS, o término do calçamento da Rua Abiu (Rua de Rivani).</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/604/indicacao_n_749_2023_autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/604/indicacao_n_749_2023_autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 749/2023 – AUTOR ANDREAZO ALVES-PL -  SECRETARIA MUNICIPAL DE URBANISMO, TRANSPORTES, OBRAS E SERVIÇOS que seja feito o serviço de reposição de calçamento na Avenida Deputado Vingt Rosado, junto com a Raimundo Cabral dos Santos.</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/793/indicacao_n_750_2023_autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/793/indicacao_n_750_2023_autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 750/2023 - AUTOR ANDREAZO ALVES- PL - ALAN JEFERSON DA SILVEIRA PINTO, que se digne determinar a SECRETARIA MUNICIPAL DE URBANISMO, TRANSPORTES, OBRAS E SERVIÇOS, que seja feito o serviço de recapeamento asfáltico na Rua Professora Luzinete Canela.</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/794/indicacao_n_751_2023_autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/794/indicacao_n_751_2023_autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 751/2023 - AUTOR ANDREAZO ALVES- PL - ALAN JEFERSON DA SILVEIRA PINTO, que se digne determinar a SECRETARIA MUNICIPAL DE URBANISMO, TRANSPORTES, OBRAS E SERVIÇOS, que seja feito o serviço de roço de mato na rua Francisco Cabral da costa.</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/795/indicacao_n_752_2023_autor_junior_carlos_psb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/795/indicacao_n_752_2023_autor_junior_carlos_psb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº. 752/2023 – AUTOR JÚNIOR CARLOS-PSB - ALAN JEFFERSON DA SILVEIRA PINTO, que digne fazer a compra de uma CAIXA D´ÁGUA para substituir a caixa danificada; e, bem como fazer a REVISÃO DA ADUTORA do Assentamento Tabuleiro Grande no Polo Góis na Chapada do Apodi-RN.</t>
   </si>
   <si>
     <t>1091</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1091/indicacao_n_753_2023_autor_adailton_targino_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1091/indicacao_n_753_2023_autor_adailton_targino_mdb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 753/2023 - AUTOR ADAILTON TARGINO - MDB - Alan Jefferson da Silveira Pinto, Prefeito Municipal de Apodi, no sentido de solicitar a Secretaria Municipal de Urbanismo, Transporte e Serviços Urbanos e equipe responsável fazer a instalação de luminárias do Poço de Isauro até o Distrito de Soledade.</t>
   </si>
   <si>
     <t>1092</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1092/indicacao_n_754_2023_autor_railton_diogenes_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1092/indicacao_n_754_2023_autor_railton_diogenes_mdb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 754/2023 - AUTOR RAILTON DIOGENES - MDB - Alan Jefferson da Silveira Pinto, Prefeito Municipal de Apodi, no sentido de enviar equipe responsável para alinhar alguns postes de iluminação, que estão inclinados, no intuito de evitar futuras quedas dos mesmos e acidentes com terceiros.</t>
   </si>
   <si>
     <t>1093</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1093/indicacao_n_755_2023_autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1093/indicacao_n_755_2023_autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 755/2023 - AUTOR ANDREAZO ALVES - PL - ALAN JEFERSON DA SILVEIRA PINTO, que se digne determinar a SECRETARIA MUNICIPAL DE URBANISMO, TRANSPORTES, OBRAS E SERVIÇOS que seja feito um calçamento na rua Galdino Matias de Souza.</t>
   </si>
   <si>
     <t>1094</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1094/indicacao_n_756_2023_autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1094/indicacao_n_756_2023_autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 756/2023 - AUTOR ANDREAZO ALVES - PL - ALAN JEFERSON DA SILVEIRA PINTO, que se digne determinar a SECRETARIA MUNICIPAL DE URBANISMO, TRANSPORTES, OBRAS E SERVIÇOS que seja feito o serviço de tapa buraco na Avenida Moésio Holanda (Bacurau 1).</t>
   </si>
   <si>
     <t>1095</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1095/indicacao_n_757_2023_autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1095/indicacao_n_757_2023_autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 757/2023 - AUTOR ANDREAZO ALVES - PL - ALAN JEFERSON DA SILVEIRA PINTO, que se digne determinar a SECRETARIA MUNICIPAL DE URBANISMO, TRANSPORTES, OBRAS E SERVIÇOS que seja feito um memorial para os falecidos pela COVID-19 na praça Robson Lopes, a qual está em reforma.</t>
   </si>
   <si>
     <t>1105</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1105/indicacao_n_758_2022_autor_gilvan_alves_sd.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1105/indicacao_n_758_2022_autor_gilvan_alves_sd.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 758/2023 - AUTOR GILVAN ALVES - SD -Alan Jefferson da Silveira Pinto, Prefeito Municipal de Apodi, no sentido de solicitar à secretaria municipal de urbanismo, transportes, iluminação com lâmpadas de led do corredor saindo do Bairro Cruz de Alma, passando pela secretaria de agricultura, incluído o corredor que dá acesso ao Bairro Garilândia, até as proximidades das Bacias do Saneamento Básico na localidade de Barro Vermelho no município de Apodi/RN.</t>
   </si>
   <si>
     <t>1106</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1106/indicacao_n_759_2022_autor_ednarte_silveira_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1106/indicacao_n_759_2022_autor_ednarte_silveira_mdb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 759/2023 - AUTOR EDNARTE SILVEIRA - MDB - Alan Jefferson da Silveira Pinto, Prefeito Municipal de Apodi que se digne a realizar Reforma das Paradas de Ônibus-Distrito de Melancias. Levando em conta que as mesmas se encontram com rachaduras nos bancos e piso, teto deteriorado, sem cores e acúmulo de mato e lixo em volta das mesmas (fotos em anexo).</t>
   </si>
   <si>
     <t>1107</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1107/indicacao_n_760_2022_autor_ednarte_silveira_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1107/indicacao_n_760_2022_autor_ednarte_silveira_mdb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 760/2023 - AUTOR EDNARTE SILVEIRA - MDB - Alan Jefferson da Silveira Pinto, Prefeito Municipal de Apodi que junto a Secretaria de Obras e Urbanismo deste Município, seja designado uma Equipe com Máquinas para a revitalização das estradas vicinais que ligam o Distrito de Melancias com as comunidades vizinhas, visto que os caminhos, apresentando levadas e buracos, causando más condições para o trafego (algumas fotos em anexo).</t>
   </si>
   <si>
     <t>1108</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1108/indicacao_n_761_2022_autor_ednarte_silveira_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1108/indicacao_n_761_2022_autor_ednarte_silveira_mdb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 761/2023 - AUTOR EDNARTE SILVEIRA - MDB - Alan Jefferson da Silveira Pinto, Prefeito Municipal de Apodi que se digne a realizar uma Reforma na UBS -Unidade Básica de Saúde de Melancias. Levando em conta que a mesma se encontra com a maioria de suas portas danificadas, banheiro sem porta, paredes com infiltração e rachaduras, lâmpadas queimadas, problema na central de ar da recepção, vasos sanitários, pias, torneiras e registros precisando de reparo, móveis precisando de manutenção, e faixada perdendo as cores, (fotos em anexo).</t>
   </si>
   <si>
     <t>1285</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1285/indicacao_n_762_2023_autor_charton_rego_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1285/indicacao_n_762_2023_autor_charton_rego_mdb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 762/2023 - AUTOR CHARTON RÊGO - MDB - ALAN JEFFERSON DA SILVEIRA PINTO, que se digne em realizar serviço de revitalização de esgoto localizado no cruzamento das Ruas Vereador José Varela e Prof. Câmara Cascudo no Bairro São Sebastião.</t>
   </si>
   <si>
     <t>1286</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1286/indicacao_n_763_2023_autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1286/indicacao_n_763_2023_autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 763 - AUTOR ANDREAZO ALVES - PL - ALAN JEFERSON DA SILVEIRA PINTO, que se digne determinar a SECRETARIA MUNICIPAL DE URBANISMO, TRANSPORTES, OBRAS E SERVIÇOS URBANOS que seja feito a limpeza das ruas e alinhamento do calçamento no Bairro Pequé.</t>
   </si>
   <si>
     <t>1287</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1287/indicacao_n_764_2023_autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1287/indicacao_n_764_2023_autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 764 - AUTOR ANDREAZO ALVES - PL - ALAN JEFERSON DA SILVEIRA PINTO, que se digne determinar a SECRETARIA MUNICIPAL DE URBANISMO, TRANSPORTES, OBRAS E SERVIÇOS URBANOS que seja feita a reforma da ponte de Mariinha, que liga o Sítio Baixa fechada a Trapiá 1, na região do vale.</t>
   </si>
   <si>
     <t>1288</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1288/indicacao_n_765_2023_autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1288/indicacao_n_765_2023_autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 765/2023 - AUTOR ANDREAZO ALVES - PL - ALAN JEFERSON DA SILVEIRA PINTO, que se digne determinar a SECRETARIA MUNICIPAL DE URBANISMO E SERVIÇOS URBANOS que realize o tapa buraco na rua ENÉAS BARBOSA, centro da cidade.</t>
   </si>
   <si>
     <t>1319</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1319/indicacao_n_766_2023_autor_ednarte_silveira_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1319/indicacao_n_766_2023_autor_ednarte_silveira_mdb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 766/2023 - AUTOR EDNARTE SILVEIRA - MDB - Alan Jefferson da Silveira Pinto, Prefeito Municipal de Apodi que se digne a realizar Revitalização e Iluminação no Campo de Futebol -Distrito de Melancias. Levando em conta que o mesmo se encontra em atividades, mesmo apresentando grandes faltas que poderiam melhorar as atividades dos desportistas que ali praticam suas atividades (fotos em anexo).</t>
   </si>
   <si>
     <t>1320</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1320/indicacao_n_767_2023_autor_ednarte_silveira_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1320/indicacao_n_767_2023_autor_ednarte_silveira_mdb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 767/2023 - AUTOR EDNARTE SILVEIRA - MDB - Alan Jefferson da Silveira Pinto, Prefeito Municipal de Apodi que se digne a realizar a Reforma do Ginásio De Esportes Railton Paulo De Menezes-Distrito De Melancias. Levando em conta que o mesmo se encontra com rachaduras no piso, grades e paredes de proteção danificadas, refletores queimados, rede de proteção de tela e de traves rasgadas, traves precisando de manutenção, pois as mesmas têm pontas agudas expostas, e faixada perdendo as cores, além de lixo que se acumula pelos cantos e laterais (fotos em anexo).</t>
   </si>
   <si>
     <t>1321</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1321/indicacao_n_768_2023_autor_junior_carlos_psb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1321/indicacao_n_768_2023_autor_junior_carlos_psb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 768/2023 – AUTOR JÚNIOR CARLOS-PSB - ALAN JEFFERSON DA SILVEIRA PINTO, que digne determinar a Secretário Municipal de Urbanismo, Transportes, Obras e Serviços Urbanos, construir redutores de velocidades (QUEBRA-MOLAS OU LOMBADAS) na rua Antônio Joaquim de Souza nas proximidades da Escola Municipal Professor Verissimo Gama no Bairro Bico torto na cidade de Apodi-RN.</t>
   </si>
   <si>
     <t>1439</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1439/indicacao_n_769_2023_autor_ednarte_silveira_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1439/indicacao_n_769_2023_autor_ednarte_silveira_mdb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 769/2023 - AUTOR EDNARTE SILVEIRA - MDB -Alan Jefferson da Silveira Pinto, Prefeito Municipal de Apodi que junto a Secretaria de Obras e Urbanismo se digne a enviar uma equipe que possa fazer uma limpeza nos canteiros centrais e principais pontos do Distrito de Melancias (fotos em anexo). Além da Coleta de Podas de Árvores e Entulhos, e também mais Coletoras de Lixo que possa atender a todo o Distrito, e uma palestra de conscientização de Limpeza Pública para os moradores do Distrito de Melancias.</t>
   </si>
   <si>
     <t>1440</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1440/indicacao_n_770_2023_autor_ednarte_silveira_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1440/indicacao_n_770_2023_autor_ednarte_silveira_mdb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 770/2023 - AUTOR EDNARTE SILVEIRA - MDB - Alan Jefferson da Silveira Pinto, Prefeito Municipal de Apodi que junto a Secretaria de Obras e Urbanismo se digne a realizar uma REFORMA DE MANUTENÇÃO NO PARQUE INFANTIL, visto que o mesmo se encontra com brinquedos quebrados, podendo apresentar risco as crianças que por ali se divertem.</t>
   </si>
   <si>
     <t>1441</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1441/indicacao_n_771_2023_autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1441/indicacao_n_771_2023_autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 771/2023 - AUTOR ANDREAZO ALVES - PL - ALAN JEFERSON DA SILVEIRA PINTO, que se digne determinar a SECRETARIA MUNICIPAL DE URBANISMO, TRANSPORTES, OBRAS E SERVIÇOS URBANOS que seja feito o serviço de tapa buraco na rua Marechal Floriano Peixoto.</t>
   </si>
   <si>
     <t>1442</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1442/indicacao_n_772_2023_autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1442/indicacao_n_772_2023_autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 772/2023 - AUTOR ANDREAZO ALVES - PL - ALAN JEFERSON DA SILVEIRA PINTO, que se digne determinar a SECRETARIA MUNICIPAL DE URBANISMO, TRANSPORTES, OBRAS E SERVIÇOS URBANOS que seja feito a limpeza da rua Marechal Floriano Peixoto (Betel).</t>
   </si>
   <si>
     <t>1443</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1443/indicacao_n_773_2023_autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1443/indicacao_n_773_2023_autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 773/2023 - AUTOR ANDREAZO ALVES - PL - ALAN JEFERSON DA SILVEIRA PINTO, que se digne determinar a SECRETARIA MUNICIPAL DE URBANISMO E SERVIÇOS URBANOS realizar os reparos necessários para conserto do esgoto na rua Vereador José Benevides Maia.</t>
   </si>
   <si>
     <t>1519</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1519/indicacao_n_774_2023_autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1519/indicacao_n_774_2023_autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 774/2023 - AUTOR ANDREAZO ALVES - PL - ALAN JEFERSON DA SILVEIRA PINTO, que se digne determinar a SECRETARIA MUNICIPAL DE URBANISMO, TRANSPORTES, OBRAS E SERVIÇOS URBANOS que seja feito o serviço de limpeza no canteiro da Rua Joaquim Teixeira de Moura.</t>
   </si>
   <si>
     <t>1520</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1520/indicacao_n_775_2023_autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1520/indicacao_n_775_2023_autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 775/2023 - AUTOR ANDREAZO ALVES - PL - ALAN JEFERSON DA SILVEIRA PINTO, que se digne determinar a SECRETARIA MUNICIPAL DE URBANISMO, TRANSPORTES, OBRAS E SERVIÇOS URBANOS que seja feito o serviço de roço de mato na Rua Vereador José Dionísio de Morais (Bairro Caic).</t>
   </si>
   <si>
     <t>1521</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1521/indicacao_n_776_2023_autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1521/indicacao_n_776_2023_autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 776/2023 - AUTOR ANDREAZO ALVES - PL - ALAN JEFERSON DA SILVEIRA PINTO, que se digne determinar a SECRETARIA MUNICIPAL DE URBANISMO E SERVIÇOS URBANOS que seja feito o serviço de limpeza às margens da lagoa (Calçadão).</t>
   </si>
   <si>
     <t>1542</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1542/indicacao_n_777__2023__autor_junior_carlos_psb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1542/indicacao_n_777__2023__autor_junior_carlos_psb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 777/2023 - ALAN JEFFERSON DA SILVEIRA PINTO, que digne determinar a instalação de REDE INTERNET WI-FI GRATUITO na Praça do Bar Leão; bem como nas demais praças e paradas de ônibus  na cidade de Apodi-RN.</t>
   </si>
   <si>
     <t>1697</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1697/indicacao_n_778_2023_autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1697/indicacao_n_778_2023_autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 778/2023 - AUTOR ANDREAZO ALVES - PL - ALAN JEFERSON DA SILVEIRA PINTO, que se digne determinar a SECRETARIA MUNICIPAL DE URBANISMO, TRANSPORTES, OBRAS E SERVIÇOS URBANOS realizar a restauração das estradas vicinais do Sítio Melancias (Depois do Açude).</t>
   </si>
   <si>
     <t>1698</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1698/indicacao_n_779_2023_autor_angelo_suassuna_sd.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1698/indicacao_n_779_2023_autor_angelo_suassuna_sd.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 779/2023 – AUTOR ÂNGELO SUASSUNA-SD - FABRICIO DE OLIVEIRA GALVÃO, Diretor Geral do DNIT - Departamento Nacional de Infraestrutura de Transportes, que digne determinar o setor competente para fazer um estudo de viabilidade financeira para construir e instalar uma passarela de pedestres na BR 405 no Bairro IPE no perímetro urbano da cidade de Apodi-RN.</t>
   </si>
   <si>
     <t>1703</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1703/indicacao_n_780_2023_autor_carlin_de_dandao_psb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1703/indicacao_n_780_2023_autor_carlin_de_dandao_psb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 780/2023 - AUTOR CARLINHOS DE DANDÃO - PSB - Alan Jefferson da Silveira Pinto, Prefeito Municipal de Apodi, no sentido que seja regularizado o sistema de abastecimento de Água da Região Caiçara.</t>
   </si>
   <si>
     <t>1704</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1704/indicacao_n_781_2023_autor_carlin_de_dandao_psb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1704/indicacao_n_781_2023_autor_carlin_de_dandao_psb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 781/2023 - AUTOR CARLINHOS DE DANDÃO - PSB - Alan Jefferson da Silveira Pinto, Prefeito Municipal de Apodi, no sentido de fazer a manutenção da caixa d’agua do Sitio Tabuleiro com EXTREMA URGÊNCIA.</t>
   </si>
   <si>
     <t>1705</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1705/indicacao_n_782_2023_autor_carlin_de_dandao_psb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1705/indicacao_n_782_2023_autor_carlin_de_dandao_psb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 782/2023 - AUTOR CARLINHOS DE DANDÃO - PSB - Alan Jefferson da Silveira Pinto, Prefeito Municipal de Apodi, no sentido de que se faça a limpeza em frente as residências da comunidade sitio Canto de Varas.</t>
   </si>
   <si>
     <t>1710</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1710/indicacao_n_783_2023_autor_laete_oliveira_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1710/indicacao_n_783_2023_autor_laete_oliveira_mdb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 783/2023 - AUTOR LAETE OLIVEIRA - MDB - Alan Jeferson da Silveira, que empreenda esforços para execução de pavimentação a paralelepípedo em trecho final da Rua José Patrocínio, Bairro São Sebastião, Apodi-RN.</t>
   </si>
   <si>
     <t>1714</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1714/indicacao_n_784_2023_autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1714/indicacao_n_784_2023_autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 784/2023 – AUTOR ANDREAZO ALVES-PL - ALAN JEFERSON DA SILVEIRA PINTO, que se digne determinar a SECRETARIA MUNICIPAL DE URBANISMO, TRANSPORTES, OBRAS E SERVIÇOS que seja feito o serviço de tapa buraco na rua Joaquim Teixeira de Moura.</t>
   </si>
   <si>
     <t>1728</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1728/indicacao_n_785_2023_autor_adailton_targino_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1728/indicacao_n_785_2023_autor_adailton_targino_mdb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 785/2023 - AUTOR ADAILTON TARGINO - MDB - Alan Jefferson da Silveira Pinto, Prefeito Municipal de Apodi, no sentido de solicitar à secretaria municipal de urbanismo e serviços urbanos e equipe responsável realizar tapa buraco na rua Hélio Morais Marinho, próximo ao deposito de gás.</t>
   </si>
   <si>
     <t>1729</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1729/indicacao_n_786_2023_autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1729/indicacao_n_786_2023_autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 786/2023 - AUTOR ANDREAZO ALVES - PL - ALAN JEFERSON DA SILVEIRA PINTO, que se digne determinar a SECRETARIA MUNICIPAL DE URBANISMO, TRANSPORTES, OBRAS E SERVIÇOS que seja feito o serviço de revitalização das estradas vicinais.</t>
   </si>
   <si>
     <t>1730</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1730/indicacao_n_787_2023_autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1730/indicacao_n_787_2023_autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 787/2023 - AUTOR ANDREAZO ALVES - PL - ALAN JEFERSON DA SILVEIRA PINTO, que se digne determinar a SECRETARIA MUNICIPAL DE URBANISMO, TRANSPORTES, OBRAS E SERVIÇOS realizar os reparos necessários para conserto do esgoto no Bairro Cruz de Almas (na entrada para o sitio).</t>
   </si>
   <si>
     <t>1731</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1731/indicacao_n_788_2023_autor_gilvan_alves_sd.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1731/indicacao_n_788_2023_autor_gilvan_alves_sd.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 788/2023 - AUTOR GILVAN ALVES - SD - Alan Jefferson da Silveira Pinto, Prefeito Municipal de Apodi, no sentido de solicitar retirada de entulho e garranchos na comunidade Lagoa do Clementino (POÇO DE ISAURO).</t>
   </si>
   <si>
     <t>1737</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1737/indicacao_n_789_2023_autor_adailton_targino_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1737/indicacao_n_789_2023_autor_adailton_targino_mdb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 789/2023 - AUTOR ADAILTON TARGINO - MDB - Alan Jefferson da Silveira Pinto, Prefeito Municipal de Apodi, no sentido de solicitar à secretaria municipal de urbanismo e serviços urbanos e equipe responsável realizar a poda das arvores na escola Lindaura Silva e retirada do cupim.</t>
   </si>
   <si>
     <t>1738</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1738/indicacao_n_790_2023_autor_adailton_targino_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1738/indicacao_n_790_2023_autor_adailton_targino_mdb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 790/2023 - AUTOR ADAILTON TARGINO - MDB - Alan Jefferson da Silveira Pinto, Prefeito Municipal de Apodi, no sentido de fazer a restauração dos banheiros da Escola Municipal Lindaura Silva.</t>
   </si>
   <si>
     <t>1739</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1739/indicacao_n_791_2023_autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1739/indicacao_n_791_2023_autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 791/2023 - AUTOR ANDREZO ALVES - PL - ALAN JEFERSON DA SILVEIRA PINTO, que se digne determinar a SECRETARIA MUNICIPAL DE URBANISMO, TRANSPORTES, OBRAS E SERVIÇOS URBANOS realizar o serviço de roço de mato na rua Sete de Setembro.</t>
   </si>
   <si>
     <t>1741</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1741/indicacao_n_792_2023_autor_charton_rego_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1741/indicacao_n_792_2023_autor_charton_rego_mdb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 792/2023 - AUTOR CHARTON RÊGO - MDB - Prefeitura Municipal de Apodi se digne em apresentar um projeto que objetive solucionar os graves problemas ocasionados pelas fumaças oriundas do lixão no município de Apodi-RN.</t>
   </si>
   <si>
     <t>1745</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1745/indicacao_n_793_2023_autor_laete_oliveira_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1745/indicacao_n_793_2023_autor_laete_oliveira_mdb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 793/2023 - AUTOR LAETE OLIVEIRA - MDB - PREFEITO MUNICIPAL ALAN JEFERSON DA SILVEIRA, QUE EMPREENDA ESFORÇOS, PARA A CRIAÇÃO DE PROPOSTA DE CONVÊNIO PARA ADMINISTRAÇÃO DAS QUADRAS ESPORTIVAS POR ASSOCIAÇÕES DA ZONA RURAL, NO MUNICÍPIO DE APODI.</t>
   </si>
   <si>
     <t>1746</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1746/indicacao_n_794_2023_autor_carlin_de_dandao_psb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1746/indicacao_n_794_2023_autor_carlin_de_dandao_psb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 794/2023 - AUTOR CARLINHOS DE DANDÃO - PSB - LUIS SABINO DA COSTA NETO, SECRETÁRIO MUNICIPAL DE SAÚDE DE APODI, NO SENTIDO QUE SEJA FEITA A MANUTENÇÃO ELÉTRICA DA UBS DO SITIO DO GÓIS.</t>
   </si>
   <si>
     <t>1747</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1747/indicacao_n_795_2023_autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1747/indicacao_n_795_2023_autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 795/2023 - AUTOR ANDREAZO ALVES - PL - ALAN JEFERSON DA SILVEIRA PINTO, QUE SE DIGNE DETERMINAR A SECRETARIA MUNICIPAL DE URBANISMO, TRANSPORTES, OBRAS E SERVIÇOS URBANOS QUE SEJA FEITO O SERVIÇO DE LIMPEZA DA RUA SEBASTIÃO PINTO (LATERAL DO MURALHAS).</t>
   </si>
   <si>
     <t>1748</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1748/indicacao_n_796_2023_autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1748/indicacao_n_796_2023_autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 796/2023 - AUTOR ANDREAZO ALVES - PL -ALAN JEFERSON DA SILVEIRA PINTO, QUE SE DIGNE DETERMINAR A SECRETARIA MUNICIPAL DE URBANISMO, TRANSPORTES, OBRAS E SERVIÇOS URBANOS REALIZAR O SERVIÇO DE LIMPEZA DO ESGOTO DA RUA BEVENUTO JOSÉ DE PAIVA.</t>
   </si>
   <si>
     <t>1767</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1767/indicacao_n_797_2023_autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1767/indicacao_n_797_2023_autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 797/2023 - AUTOR ANDREAZO ALVES - PL - ALAN JEFERSON DA SILVEIRA PINTO, QUE SE DIGNE DETERMINAR A SECRETARIA MUNICIPAL DE EDUCAÇÃO E CULTURA QUE SEJA ENVIADO ÔNIBUS ESCOLARES AOS DISTRITOS E SÍTIOS PARA O DESLOCAMENTO DE ALUNOS AS ESCOLAS NOS PRÓXIMOS DIAS 5 E 12 DE NOVEMBRO PARA REALIZAÇÃO DO EXAME NACIONAL DO ENSINO MÉDIO (ENEM).</t>
   </si>
   <si>
     <t>1773</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1773/indicacao_n_798_2023_autor_charton_rego_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1773/indicacao_n_798_2023_autor_charton_rego_mdb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 798/2023 - AUTOR CHARTON RÊGO-MDB - ALAN JEFERSON DA SILVEIRA PINTO, que se digne determinar a SECRETARIA MUNICIPAL DE URBANISMO, TRANSPORTES, OBRAS E SERVIÇOS URBANOS realizar mutirão para serviço de revitalização de rede de esgoto, estrada vicinal e tapa buraco no Bairro Pequé. DESPACHADA E ENCAMINHADA NA SESSÃO ORDINÁRIA DO DIA 1º DE NOVEMBRO DE 2023.</t>
   </si>
   <si>
     <t>1774</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1774/indicacao_n_799_2023_autor_filipe_gustavo_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1774/indicacao_n_799_2023_autor_filipe_gustavo_pl.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 799/2023 - AUTOR FILIPE GUSTAVO-PL - ALAN JEFFERSON DA SILVEIRA PINTO, PREFEITO MUNICIPAL DE APODI, E A SECRETARIA MUNICIPAL DE URBANISMO, TRANSPORTES, OBRAS E SERVIÇOS URBANOS NO SENTIDO DE FAZER LIMPEZA E SERVIÇO DE ESGOTO NA AVENIDA MOÉSIO HOLANDA, NO BAIRRO BACURAL I NA CIDADE DE APODI/RN.</t>
   </si>
   <si>
     <t>1775</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1775/indicacao_n_800_2023_autor_filipe_gustavo_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1775/indicacao_n_800_2023_autor_filipe_gustavo_pl.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 800/2023 - AUTOR FILIPE GUSTAVO-PL -ALAN JEFFERSON DA SILVEIRA PINTO, PREFEITO MUNICIPAL DE APODI, E A SECRETARIA MUNICIPAL DE URBANISMO, TRANSPORTES, OBRAS E SERVIÇOS URBANOS NO SENTIDO DE FAZER LIMPEZA E SERVIÇO DE ESGOTO NA RUA RAIMUNDO GURGEL FILHO, NO BAIRRO PEQUE NA CIDADE DE APODI/RN.</t>
   </si>
   <si>
     <t>1776</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1776/indicacao_n_801_2023_autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1776/indicacao_n_801_2023_autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 801/2023 - AUTOR ANDREAZO ALVES - PL - ALAN JEFERSON DA SILVEIRA PINTO, QUE SE DIGNE DETERMINAR A SECRETARIA MUNICIPAL DE URBANISMO, TRANSPORTES, OBRAS E SERVIÇOS URBANOS REALIZAR O SERVIÇO DE LIMPEZA DO TERRENO DA RUA ADEMAR LEÃO DA SILVEIRA (PRÓXIMO DA ARTE FLOR).</t>
   </si>
   <si>
     <t>1777</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1777/indicacao_n_802_2023_autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1777/indicacao_n_802_2023_autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 802/2023 - AUTOR ANDREAZO ALVES - PL - ALAN JEFERSON DA SILVEIRA PINTO, QUE SE DIGNE DETERMINAR A SECRETARIA MUNICIPAL DE URBANISMO, TRANSPORTES, OBRAS E SERVIÇOS URBANOS QUE SEJA FEITO O SERVIÇO DE REVITALIZAÇÃO DAS ACADEMIAS AO AR LIVRE.</t>
   </si>
   <si>
     <t>1778</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1778/indicacao_n_803_2023_autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1778/indicacao_n_803_2023_autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 803/2023 - AUTOR ANDREAZO ALVES - PL - ALAN JEFERSON DA SILVEIRA PINTO, QUE SE DIGNE DETERMINAR A SECRETARIA MUNICIPAL DE URBANISMO, TRANSPORTES, OBRAS E SERVIÇOS URBANOS QUE SEJA FEITO O SERVIÇO DE COLETA DE LIXO NA ESQUINA DA RUA DOUTOR IRAN FERNANDES DA COSTA.</t>
   </si>
   <si>
     <t>1779</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1779/indicacao_n_804_2023_autor_charton_rego_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1779/indicacao_n_804_2023_autor_charton_rego_mdb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 804/2023 - AUTOR CHARTON RÊGO - MDB - PREFEITURA MUNICIPAL DE APODI QUE SE DIGNE, EM CARÁTER DE URGÊNCIA, A REALIZAR SERVIÇO DE RECUPERAÇÃO DE ESTRADA VICINAL NO TRECHO DE ÚNICO ACESSO AO BAIRRO PEQUÉ PELA BR 405.</t>
   </si>
   <si>
     <t>1780</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1780/indicacao_n_805_2023_autor_charton_rego_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1780/indicacao_n_805_2023_autor_charton_rego_mdb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 805/2023 - AUTOR CHARTON RÊGO - MDB - PREFEITURA MUNICIPAL DE APODI QUE SE DIGNE EM REALIZAR SERVIÇO DE RETIRADA DOS CANTEIROS (CONFIRME FOTOS EM ANEXO) NAS INTERMEDIAÇÕES DA PRAÇA DO PEQUÉ, LOCALIZADA A RUA PROFESSORA AURI DE ACETO MOTA, DE FORMA A MELHORAR O TRÁFEGO NO TRÂNSITO.</t>
   </si>
   <si>
     <t>1781</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1781/indicacao_n_806_2023_autor_charton_rego_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1781/indicacao_n_806_2023_autor_charton_rego_mdb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 806/2023 - AUTOR CHARTON RÊGO - MDB - PREFEITURA MUNICIPAL DE APODI QUE SE DIGNE, EM CARÁTER DE URGÊNCIA, A REALIZAR MUTIRÃO PARA SERVIÇO DE REVITALIZAÇÃO DE REDE DE ESGOTO NA RUA PROFESSORA LUZINETE CANELA, COM FOCO PRIMORDIAL (CONFIRME FOTOS EM ANEXO) NO CRUZAMENTO COM A RUA RAIMUNDO GURGEL FILHO, NO BAIRRO PEQUÉ.</t>
   </si>
   <si>
     <t>1782</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1782/indicacao_n_807_2023_autor_carlin_de_dandao_psb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1782/indicacao_n_807_2023_autor_carlin_de_dandao_psb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 807/2023 - AUTOR CARLINHOS DE DANDÃO - PSB - ALAN JEFFERSON DA SILVEIRA PINTO, PREFEITO MUNICIPAL DE APODI, NO SENTIDO DE FAÇA DOIS QUEBRA-MOLAS NA RUA DR. LRAM FERNANDES DA COSTA, BAIRRO PORTAL DA CHAPADA APODI/RN, NA RUA DA IGREJA BETESDA.</t>
   </si>
   <si>
     <t>1784</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1784/indicacao_n_808_2023_autor_adailton_targino_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1784/indicacao_n_808_2023_autor_adailton_targino_mdb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 808/2023 - AUTOR ADAILTON TARGINO - MDB - AIAN JEFFERSON DA SILVEIRA PINTO, PREFEITO MUNICIPAL DE APODI, NO SENTIDO DE SOLICITAR A SECRETARIA MUNICIPAL DE URBANISMO, TRANSPORTE E SERVIÇOS URBANOS E EQUIPE RESPONSÁVEL FAZER A REVISÃO ELÉTRICA COM URGÊNCIA NO IMÓVEL ALGODÃO.</t>
   </si>
   <si>
     <t>1785</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1785/indicacao_n_809_2023_autor_adailton_targino_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1785/indicacao_n_809_2023_autor_adailton_targino_mdb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 809/2023 - AUTOR ADAILTON TARGINO - MDB - ALAN JEFFERSON DA SILVEIRA PINTO, PREFEITO MUNICIPAL DE APODI, NO SENTIDO DE SOLICITAR A SECRETARIA MUNICIPAL DE URBANISMO, TRANSPORTE E SERVIÇOS URBANOS E EQUIPE RESPONSÁVEL FAZER A INSTALAÇÃO DE LUMINÁRIAS DO POÇO DE ISAURO ATÉ O DISTRITO DE SOLEDADE. (A REFERIDA SOLICITAÇÃO FOI FEITA EM 22 DE AGOSTO DE 2023, SEM RESPOSTA)</t>
   </si>
   <si>
     <t>1786</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1786/indicacao_n_810_2023_autor_adailton_targino_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1786/indicacao_n_810_2023_autor_adailton_targino_mdb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 810/2023 - AUTOR ADAILTON TARGINO - MDB - ALAN JEFFERSON DA SILVEIRA PINTO, PREFEITO MUNICIPAL DE APODI, NO SENTIDO DE SOLICITAR À SECRETARIA MUNICIPAL DE URBANISMO E SERVIÇOS URBANOS ILUMINAR O TRECHO QUE LIGA A BR-405 ATÉ O SÍTIO CABOCLO.</t>
   </si>
   <si>
     <t>1788</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1788/indicacao_n_811_2023_autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1788/indicacao_n_811_2023_autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 811/2023 - AUTOR ANDREAZO ALVES - PL - ALAN JEFERSON DA SILVEIRA PINTO, que se digne determinar a SECRETARIA MUNICIPAL DE URBANISMO, TRANSPORTES, OBRAS E SERVIÇOS URBANOS que seja feito o serviço de roço de mato na Rua Francisco Cabral da Costa.</t>
   </si>
   <si>
     <t>1800</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1800/indicacao_n_812_2023_autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1800/indicacao_n_812_2023_autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 812/2023 - AUTOR ANDREAZO ALVES - PL - ALAN JEFERSON DA SILVEIRA PINTO, QUE SE DIGNE DETERMINAR A SECRETARIA MUNICIPAL DE URBANISMO, TRANSPORTES, OBRAS E SERVIÇOS URBANOS QUE SEJA FEITO O SERVIÇO DE TAPA BURACO NA RUA JOAQUIM TEIXEIRA DE MOURA.</t>
   </si>
   <si>
     <t>1801</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1801/indicacao_n_813_2023_autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1801/indicacao_n_813_2023_autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 813/2023 - AUTOR ANDREAZO ALVES - PL - ALAN JEFERSON DA SILVEIRA PINTO, QUE SE DIGNE DETERMINAR A SECRETARIA MUNICIPAL DE URBANISMO, TRANSPORTES, OBRAS E SERVIÇOS URBANOS QUE SEJA FEITO O SERVIÇO DE REVITALIZAÇÃO DO CANTEIRO CENTRAL DA RUA DOM PEDRO I</t>
   </si>
   <si>
     <t>1808</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1808/indicacao_n_814_2023_-_autor_charton_rego_mdb_20231123_0002.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1808/indicacao_n_814_2023_-_autor_charton_rego_mdb_20231123_0002.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 814/2023 - AUTOR CHARTON REGO-MDB - ALAN JEFERSON DA SILVEIRA PINTO, QUE SE DIGNE EM ENVIAR A EQUIPE ELÉTRICA DA PMA PARA REALIZAR UMA VISTORIA NA REDE ELÉTRICA IP NO BAIRRO PEQUÉ, COM A FINALIDADE DE DETECTAR POSSÍVEIS PROBLEMAS QUE, HISTORICAMENTE, VENHAM OCASIONANDO CONSTANTES QUEDAS DE ENERGIA. DESPACHADA E ENCAMINHADA NA SESSÃO ORDINÁRIA DO DIA 23 DE NOVEMBRO DE 2023. ATRAVÉS DO OFÍCIO N.º 999/2023/CMA-23/11/2023.</t>
   </si>
   <si>
     <t>1816</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1816/indicacao_n_815_2023_autor_carlin_de_dandao_psb_20231129_0001.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1816/indicacao_n_815_2023_autor_carlin_de_dandao_psb_20231129_0001.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 815/2023 - AUTOR CARLINHOS DE DANDÃO-PSB - ALAN JEFFERSON DA SILVEIRA PINTO, PREFEITO MUNICIPAL DE APODI, NO SENTIDO DE SUBSTITUIR A BOMBA DE POTÊNCIA MAIOR NO SÍTIO DO GÓIS.</t>
   </si>
   <si>
     <t>1817</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1817/indicacao_n_816_2023_autor_charton_rego_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1817/indicacao_n_816_2023_autor_charton_rego_mdb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 816/2023 - AUTOR CHARTON RÊGO - MDB - ALAN JEFFERSON DA SILVEIRA PINTO, QUE EM CARÁTER DE URGÊNCIA, SE DIGNE EM REALIZAR INSTALAÇÃO DE ENERGIA TRIFÁSICA E SUBSTITUIR A BOMBA DO POÇO POR UMA DE MAIOR POTÊNCIA, VISANDO A MELHORIA DA QUALIDADE DO ABASTECIMENTO HÍDRICO NO ASSENTAMENTO CASULO. DESPACHADA E ENCAMINHADA NA SESSÃO ORDINÁRIA DO DIA 30 DE NOVEMBRO DE 2023. ENCAMINHADA ATRAVÉS DO OFÍCIO N.º 1015/2023/CMA – 30/11/2023.</t>
   </si>
   <si>
     <t>1818</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1818/indicacao_n_817_2023_autor_charton_rego_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1818/indicacao_n_817_2023_autor_charton_rego_mdb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 817/2023 - AUTOR CHARTON RÊGO - MDB - ALAN JEFFERSON DA SILVEIRA PINTO, QUE SE DIGNE EM REALIZAR SUBSTITUIÇÃO DA BOMBA DO POÇO QUE ABASTECE A POPULAÇÃO NO ASSENTAMENTO PARAÍSO. POR UMA DE MAIOR POTÊNCIA, VISANDO A MELHORIA DA QUALIDADE DO ABASTECIMENTO HÍDRICO. DESPACHADA E ENCAMINHADA NA SESSÃO ORDINÁRIA DO DIA 30 DE NOVEMBRO DE 2023. ENCAMINHADA ATRAVÉS DO OFÍCIO N.º 1015/2023/CMA – 30/11/2023.</t>
   </si>
   <si>
     <t>1828</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1828/indicacao_n_818_2023_autor_laete_oliveira_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1828/indicacao_n_818_2023_autor_laete_oliveira_mdb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 818/2023 – AUTOR LAETE OLIVEIRA-MDB -  ALAN JEFFERSON DA SILVEIRA PINTO, QUE EMPREENDA ESFORÇOS PARA A REALIZAÇÃO DA CONSTRUÇÃO DE UMA QUADRA DE ESPORTES NA COMUNIDADE DE PINDOBA, LOCALIZADA NA ZONA RURAL DE APODI-RN.</t>
   </si>
   <si>
     <t>1829</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1829/indicacao_n_819_2023_autor_laete_oliveira_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1829/indicacao_n_819_2023_autor_laete_oliveira_mdb.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 819/2023 – AUTOR LAETE OLIVEIRA-MDB - ALAN JEFFERSON DA SILVEIRA PINTO, QUE EMPREENDA ESFORÇOS PARA A REALIZAÇÃO DA CONSTRUÇÃO DE UMA QUADRA DE ESPORTES NA COMUNIDADE DO SITIO QUEIMADAS, LOCALIZADA NA ZONA RURAL DE APODI-RN.</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimentos (REQ)</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/50/requerimento_n_146_2022_autor_andreazo_alves_-_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/50/requerimento_n_146_2022_autor_andreazo_alves_-_pl.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO N° 146/2023 - AUTOR ANDREAZO ALVES - PL - ALAN JEFFERSON DA SILVEIRA PINTO, Prefeito Municipal de Apodi, no sentido de enviar as seguintes informações: 1. O fardamento das escolas municipais está pronto? 2. Qual a logística de entrega?</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/51/requerimento_n_147_2022_autores_alexandre_junior_carlos_e_carlin_de_dandao.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/51/requerimento_n_147_2022_autores_alexandre_junior_carlos_e_carlin_de_dandao.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº. 147/2023 – AUTORES ALEXANDRE BEVENUTO-SEM PARTIDO – JÚNIOR CARLOS-PSB E CARLIN DE DANDÃO-PSB - ALAN JEFFERSON DA SILVEIRA PINTO - Prefeito Municipal de Apodi-RN, que se digne enviar a este Poder Legislativo as seguintes informações: Valores das atrações (bandas e cantores) contratadas para o Carnaval 2023 (detalhadas uma a uma); Valores das estruturas de palcos, sons, trio elétrico e camarotes; e Receitas dos Camarotes.</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/52/requerimento_n_148_2022_autores_alexandre_junior_carlos_e_carlin_de_dandao.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/52/requerimento_n_148_2022_autores_alexandre_junior_carlos_e_carlin_de_dandao.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº. 148/2023 – AUTORES ALEXANDRE BEVENUTO-SEM PARTIDO – JÚNIOR CARLOS-PSB E CARLIN DE DANDÃO-PSB - ALAN JEFFERSON DA SILVEIRA PINTO - Prefeito Municipal de Apodi-RN, que se digne enviar a este Poder Legislativo as seguintes informações: Sobre a ausência de informações no portal da transparência do município de Apodi referente a folha de pagamento do mês de dezembro de 2022.</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/53/requerimento_n_149_2023_autor_adailton_targino_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/53/requerimento_n_149_2023_autor_adailton_targino_mdb.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO N° 149/2023 - AUTOR ADAILTON - MDB - Alan Jefferson da Silveira Pinto, Prefeito Municipal de Apodi, no sentido de enviar as seguintes informações: O plantio de mudas de arvores de espécies nativas da nossa região, nas praças e prédios públicos do município.</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/54/requerimento_n_150_2023_autor_andreazo_alves_-_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/54/requerimento_n_150_2023_autor_andreazo_alves_-_pl.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO N° 150/2023 - AUTOR ANDREAZO ALVES - PL - Requer a criação da comissão permanente de segurança Pública Municipal.</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/55/requerimento_n_151_2023_autor_alexandre_bevenuto_sem_partido.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/55/requerimento_n_151_2023_autor_alexandre_bevenuto_sem_partido.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO N° 151/2023 - AUTOR ALEXANDRE ALVES - SEM PARTIDO - Tendo em vista o dispositivo no Parágrafo 3° do artigo 84 da Lei N.° 269/96 (Regime Jurídico Único do Município de Apodi), acrescentando pelo PLL n. 0260/2021, requeremos: O preferido dispositivo legal está sendo devidamente cumprindo pelo Poder Executivo Municipal, em especial a ordem cronológica dos respectivos pedidos?</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/56/requerimento_n_152_2023_autor_alexandre_bevenuto_sem_partido.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/56/requerimento_n_152_2023_autor_alexandre_bevenuto_sem_partido.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO N° 152/2023 - AUTOR ALEXANDRE ALVES - SEM PARTIDO - Que seja encaminhada a essa Casa Legislativa as FOLHAS DE PONTO de todos os servidores (efetivos, comissionados e seletivos) relativamente ao ano - Calendário de 2022.</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/57/requerimento_n_153_2023_autor_poder_legislativo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/57/requerimento_n_153_2023_autor_poder_legislativo.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO N° 153/2023 - AUTORES DIVERSOS - Alan Jefferson da Silveira Pinto, no sentido de ampliar os atendimentos dos respectivos profissionais, tendo em vista a falta da maioria deles no município, sendo eles: Terapeuta ocupacional, psicólogo infantil, Fonoaudiólogo, Fisioterapeuta infantil, Pediatria, Neuropediatra e Psiquiatria.</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/58/requerimento_n_154_2023_autor_railton_diogenes_mdb_subscrito_angelo-ssd_e_carlin_de_dandao-psb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/58/requerimento_n_154_2023_autor_railton_diogenes_mdb_subscrito_angelo-ssd_e_carlin_de_dandao-psb.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO N° 154/2023 - AUTOR RAILTON DIÓGENES - MDB - Alan Jefferson da Silveira Pinto, no sentido de enviar as seguintes informações: que envie a esta comissão lista das associações que receberam emendas e que prestaram conta do recurso, assim como as que não o fizeram.</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/59/requerimento_n_155_2023_autor_adailton_targino_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/59/requerimento_n_155_2023_autor_adailton_targino_mdb.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO N° 155/2023 – AUTOR ADAILTON TARGINO - MDB - Superintendente Regional do Departamento Nacional de Infraestrutura de Transporte – DNIT/RN, no sentido: Solicitar a instalação de um redutor de velocidade na descida da Serra de Apodi/RN BR-405 antes da rotatória que dá acesso ao Distrito de Soledade.</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/60/requerimento_n_156_2023_autor_charton_rego_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/60/requerimento_n_156_2023_autor_charton_rego_mdb.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO N° 156/2023 – AUTOR CHARTON RÊGO-MDB -  ANTONIO DE SOUZA MAIA JÚNIOR, nos termos do Regimento Interno da Câmara dos Vereadores de Apodi-RN, a retirada de tramitação e o arquivamento do PROJETO DE LEI Nº 119/2021, DE 22 DE SETEMBRO DE 2021 – AUTOR CARLIN DE DANDÃO-PSB - Dispõe sobre a criação do PROGRAMA VALE-GÁS em período emergencial na pandemia de Covid-19 pelo Poder Público Municipal de Apodi-RN e dá outras providências.</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/61/requerimento_n_157_2023_autor_adailton_targino_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/61/requerimento_n_157_2023_autor_adailton_targino_mdb.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO N° 157/2023 - AUTOR ADAILTON TARGINO - MDB - Superintendência Estadual da Fundação Nacional de Saúde (FUNASA) no Rio Grande do Norte, no sentido: Solicitar informações acerca dos poços perfurados no Sítio pitombeira, Acampamento Edivan Pinto e Imóvel Algodão.</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/62/requerimento_n_158_2023_autor_alexandre_bevenuto_sem_partido.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/62/requerimento_n_158_2023_autor_alexandre_bevenuto_sem_partido.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO N° 158/2023 - AUTOR ALEXANDRE ALVES - SEM PARTIDO - ALAN JEFFERSON DA SILVEIRA PINTO, no sentido de enviar as seguintes informações: Solicita os gastos com os artistas e bandas do nosso Município no carnaval de Apodi 2023 e explicação se houve ou não o cumprimento do que está disposto na Lei N° 1.406/2018 - Denominada Lei Prata da Casa - que institui diretrizes para a contratação mínima de investimento de 35% do valor gasto, sendo artista local.</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/63/requerimento_n_159_2023_autor_filipe_gustavo_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/63/requerimento_n_159_2023_autor_filipe_gustavo_pl.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO N° 159/2023 - AUTOR FILIPE GUSTAVO - PL - Solicitar a PRESIDÊNCIA DA CÂMARA MUNICIPAL DE APODI - ANTONIO DE SOUZA MAIA JÚNIOR, que seja realizado na sexta-feira (17) ás 19h30min uma Sessão Solene para homenagear a Ordem DeMolay e realizar a entrega de comendas a homenageados. A cerimônia deverá ocorrer no Plenário Bevenuto José de Paiva com transmissão no canal do Youtube da Casa e cobertura completa da TV Câmara.</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/64/requerimento_n_160_2023_autor_alexandre_bevenuto_sem_partido.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/64/requerimento_n_160_2023_autor_alexandre_bevenuto_sem_partido.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO N° 160/2023 - AUTOR ALEXANDRE ALVES - SEM PARTIDO - Alan Jefferson da Silveira Pinto, no sentido de enviar as seguintes informações: Informação sobre o processo integral do fechamento do abatedouro público municipal.</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/65/requerimento_n_161_2023_autor_alexandre_bevenuto_sem_partido.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/65/requerimento_n_161_2023_autor_alexandre_bevenuto_sem_partido.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO N° 161/2023 - AUTOR ALEXANDRE ALVES - SEM PARTIDO - Alan Jefferson da Silveira Pinto, no sentido de enviar as seguintes informações: 1. Quantos veterinários estão disponíveis no quadro de funcionários da prefeitura? 2. Em qual ambiente estão locados? 3. Quais funções são delegadas a eles?</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/66/requerimento_n_162_2023_autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/66/requerimento_n_162_2023_autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO N° 162/2023 - AUTOR ANDREAZO ALVES - PL - Alan Jefferson da Silveira Pinto, Prefeito Municipal de Apodi, no sentido de enviar as seguintes informações: Pedido de informação: 1. Qual a previsão de volta para a obra da quadra do córrego? 2. Por qual motivo ouve a paralização? 3. Qual a porcentagem já concluída?</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/67/requerimento_n_163_2023_autor_junior_carlos_psb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/67/requerimento_n_163_2023_autor_junior_carlos_psb.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO N° 163/2023 - AUTOR JUNIOR CARLOS - PSB - Alan Jefferson da Silveira Pinto, que se digne enviar a este Poder Legislativo as seguintes informações: - Qual empresa que prestou serviço ou que alugou os camarotes para o carnaval 2023; - Quantidade de camarotes vendidos; - Qual valor de cada camarote vendido; - Qual a conta foi depositada o valor das vendas, com extrato bancário; - Onde foi investido o valor arrecadado nas vendas dos camarotes.</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/68/requerimento_n_162_2023_autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/68/requerimento_n_162_2023_autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO N° 164/2023 - AUTOR ALEXANDRE BEVENUTO - SEM PARTIDO - Alan Jefferson da Silveira Pinto, no sentido de enviar a seguinte informação: Sobre o descarte de material impróprio no Sítio Ponta D'água nas margens da BR - 405 e nas proximidades do abatedouro público, por parte da prefeitura.</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/69/requerimento_n_165_2023_autor_alexandre_bevenuto_sem_partido.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/69/requerimento_n_165_2023_autor_alexandre_bevenuto_sem_partido.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO N° 165/2023 - AUTOR ALEXANDRE ALVES - SEM PARTIDO - Alan Jefferson da Silveira Pinto, Prefeito Municipal de Apodi, no sentido de enviar as seguintes informações: Que seja encaminhado o mapa e limites de área de abrangência territorial de cada UBS (UNIDADE BÁSICA DE SAÚDE) do Município de Apodi, bem como informações detalhadas contendo indicadores socioambientais, demográficos, epidemiológicos de estrutura e de produção por cada área de abrangência das respectivas UBS (UNIDADE BÁSICA DE SAÚDE) em nossa cidade.</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/70/requerimento_n_166_2023_autor_gilvan_alves_ssd.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/70/requerimento_n_166_2023_autor_gilvan_alves_ssd.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO N° 166/2023 - AUTOR GILVAN ALVES - SOLIDARIEDADE - Secretário de Saúde do Estado do Rio Grande do Norte (SES/RN), o Sr. Cipriano Maia, no sentido: de enviar medicação para uso em pessoa infartada (trombolítico),Se faz necessário e de extrema urgência que se tenha tal medicamento para uso de urgência e emergência, devido ao grande número de pacientes que se atende diariamente no Hospital Regional Hélio Morais Marinho. Sua falta pode ser uma das causas que levaram ao aumento dos óbitos.</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/71/requerimento_n_167_2023_autor_alexandre_bevenuto_sem_partido.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/71/requerimento_n_167_2023_autor_alexandre_bevenuto_sem_partido.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO N° 167/2023 - AUTOR ALEXANDRE ALVES - SEM PARTIDO - Alan Jefferson da Silveira Pinto, Prefeito Municipal de Apodi, no sentido de explicar se houve o cumprimento o cumprimento da Lei nº 1.406/2018 – denominada Lei “Prata da Casa”, que dispõe sobre a contratação de artistas, grupos, bandas, músicos e afins, locais, para apresentação e/ou exposição em shows, exposições, eventos artísticos, culturais, musicais, e similares, que receberem subvenções sociais, ou financeiras, ou auxílio financeiro do Poder Público Municipal ou “ATRAVÉS DELE”,</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/72/requerimento_n_168_2023_autor_alexandre_bevenuto_sem_partido.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/72/requerimento_n_168_2023_autor_alexandre_bevenuto_sem_partido.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO N° 168/2023 - AUTOR ALEXANDRE ALVES - SEM PARTIDO -Alan Jefferson da Silveira Pinto, Prefeito Municipal de Apodi, no sentido de enviar cópia na íntegra (em PDF), dos GASTOS COM ARTISTAS E BANDAS DO NOSSO MUNICÍPIO NO CARNAVAL 2023, dentre as informações solicitamos os referidos procedimentos licitatórios, incluindo os editais, a documentação apresentada pelos licitantes, as atas de julgamento, os contratos assinados e todos os documentos complementares, bem como quaisquer outros documentos que possam estar relacionados aos mencionados procedimentos, para este vereador que subscrever.</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/73/requerimento_n_169_2023_autor_junior_carlos_psb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/73/requerimento_n_169_2023_autor_junior_carlos_psb.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO N° 169/2023 - AUTOR JUNIOR CARLOS - PSB - ALAN JEFFERSON DA SILVEIRA PINTO, Prefeito Municipal de Apodi, que digne encaminhar a esta Casa Legislativa: Informações sobre o projeto de engenharia da drenagem da Baixa do CAIC, caso já esteja concluído, mandar cópia do projeto para esta casa.</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/74/requerimento_n_170_2023_autor_charton_rego_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/74/requerimento_n_170_2023_autor_charton_rego_mdb.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO N° 170/2023 - AUTOR CHARTON RÊGO-MDB - Diretora Geral do HOSPITAL HÉLIO MORAIS MARINHO, que digne encaminhar a esta Casa Legislativa: Informações sobre o atual estado de funcionamento do gerador de energia do Hospital Regional Hélio Morais Marinho.</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/75/requerimento_n_171_2023_autor_charton_rego_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/75/requerimento_n_171_2023_autor_charton_rego_mdb.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO N° 171/2023 - AUTOR CHARTON RÊGO - MDB - SECRETARIO MUNICIPAL DE TRANSPORTES E OBRAS, ALAN DE MELO RODRIGUES, em resposta a indicação de N° 660/2023 mediante a urgência em instalar a iluminação do trecho que dá acesso ao bairro Pequé.</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/76/requerimento_n_172_2023_autor_junior_carlos_psb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/76/requerimento_n_172_2023_autor_junior_carlos_psb.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 172/2023 – AUTOR JÚNIOR CARLOS – PSB - ALAN JEFFERSON DA SILVEIRA PINTO - Prefeito Municipal de Apodi-RN, que se digne fazer a ISENÇÃO DA TAXA DE LICENÇA E FISCALIZAÇÃO PARA FUNCIONAMENTO – TLFF (Alvarás) das Escolas Públicas, Igrejas e Hospitais ou qualquer entidades filantrópicas sem fins lucrativos no municipio de Apodi.</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/77/requerimento_n_173_2023_autor_adailton_targino_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/77/requerimento_n_173_2023_autor_adailton_targino_mdb.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO N° 173/2023 - AUTOR ADAILTON TARGINO - MDB - JONIELSON PEREIRA DE OLIVEIRA, Diretor do Departamento Estadual de Trânsito - DETRAN/RN, no sentido: Solicitar informações acerca do número de CNH’s do projeto (CNH Social) disponibilizada para Apodi.</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/78/requerimento_n_174_2023_autor_alexandre_bevenuto_sem_partido.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/78/requerimento_n_174_2023_autor_alexandre_bevenuto_sem_partido.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO N° 174/2023 - AUTOR ALEXANDRE ALVES - SEM PARTIDO - ALAN JEFFERSON DA SILVEIRA PINTO, Prefeito Municipal de Apodi, no sentido de enviar as seguintes informações: Através da Secretaria de Educação, peço o cancelamento do livro didático, devido não ter passado antes da confecção pela Comissão de Educação desta Casa (CMA).</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/79/requerimento_n_175_2023_autor_alexandre_bevenuto_sem_partido.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/79/requerimento_n_175_2023_autor_alexandre_bevenuto_sem_partido.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO N° 175/2023 - AUTOR ALEXANDRE ALVES - SEM PARTIDO - ALAN JEFFERSON DA SILVEIRA PINTO, Prefeito Municipal de Apodi, no sentido de enviar as seguintes informações: A Secretaria de Saúde pedindo informações plausíveis sobre a falta de insulina, pessoas me procuraram relatando a falta desde dezembro de 2022.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/80/requerimento_n_176_2023_autor_adailton_targino_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/80/requerimento_n_176_2023_autor_adailton_targino_mdb.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO N° 176/2023 - AUTOR ADAILTON TARGINO-MDB - ALAN JEFFERSON DA SILVEIRA PINTO - Prefeito Municipal de Apodi, no sentido: Solicitar informações a respeito do projeto de implantação do piso da Enfermagem.</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/81/requerimento_n_177_2023_autor_marcos_almeida_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/81/requerimento_n_177_2023_autor_marcos_almeida_mdb.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO N° 177/2023 - AUTOR RAILTON DIÓGENES - MDB – ROBERTO SERGIO RIBEIRO LINHARES – Presidente da COMPANHIA DE ÁGUA E ESGOTO DO RIO GRANDE DO NORTE - CAERN, solicitando a previsão de quando se iniciara a expansão de rede de água da CAERN no bairro Missões no Município de Apodi - RN.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/82/requerimento_n_178_2023_autor_alexandre_bevenuto_sem_partido.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/82/requerimento_n_178_2023_autor_alexandre_bevenuto_sem_partido.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO N° 178/2023 - AUTOR ALEXANDRE-Sem Partido - Controlador Geral do Município de Apodi ALAN COSTA FERNANDES, no sentido de realizar uma auditoria dos últimos 12 (doze) meses na folha de pagamento da prefeitura municipal de Apodi-RN, sob pena de responsabilização solidária pela omissão em caso de não atendimento do pleito, nos termos da Lei Complementar Municipal nº 09/2014, para este vereador que subscrever.</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/83/requerimento_n_179_2023_autor_frente_parlamentar_da_agricultura_familiar_da_pesca_e_do_esporte_amador.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/83/requerimento_n_179_2023_autor_frente_parlamentar_da_agricultura_familiar_da_pesca_e_do_esporte_amador.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO N° 179/2023 - AUTOR FRENTE PARLAMENTAR DA AGRICULTURA FAMILIAR, DA PESCA E DO ESPORTE AMADOR - EZEQUIEL FERREIRA, Presidente da Assembleia Legislativa do Estado do RN, solicitando cópias do Projeto de Lei e informações sobre o decreto governamental que visa cobrança da taxa de água bruta.</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/84/requerimento_n_180_2023_autor_carlin_de_dandao_psb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/84/requerimento_n_180_2023_autor_carlin_de_dandao_psb.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO N° 180/2023 - AUTOR CARLINHOS DE DANDÃO-PSB - ALAN JEFFERSON DA SILVEIRA PINTO, Prefeito Municipal de Apodi, no sentido de enviar as seguintes informações: Solicitamos informações sobre o quadro de profissionais com nome, função e carga horaria da unidade básica saúde do sitio Arção da cidade de Apodi/RN.</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/85/requerimento_n_181_2023_autor_charton_rego_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/85/requerimento_n_181_2023_autor_charton_rego_mdb.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO N° 181/2023 - AUTOR CHARTON RÊGO-MDB - ALAN JEFFERSON DA SILVEIRA PINTO, no sentido de enviar as seguintes informações a esta Casa Legislativa: Vem requerer cópia da documentação que comprove a quantidade de pacientes que aguardam vagas para o atendimento fonoaudiologia.</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/86/requerimento_n_182_2023_autor_alexandre_bevenuto_sem_partido.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/86/requerimento_n_182_2023_autor_alexandre_bevenuto_sem_partido.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO N° 182/2023 - AUTOR ALEXANDRE ALVES-SEM PARTIDO - Alan Jefferson da Silveira Pinto, Prefeito Municipal de Apodi, no sentido de enviar cópia na íntegra (em PDF), dos GASTOS COM ARTISTAS E BANDAS DO NOSSO MUNICÍPIO NO SÃO JOÃO 2023, dentre as informações solicitamos os referidos procedimentos licitatórios, incluindo os editais, a documentação apresentada pelos licitantes, as atas de julgamento, os contratos assinados e todos os documentos complementares, bem como quaisquer outros documentos que possam estar relacionados aos mencionados procedimentos, para este vereador que subscrever.</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/622/requerimento_n_183_2023_autor_laete_oliveira_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/622/requerimento_n_183_2023_autor_laete_oliveira_mdb.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO N° 183/2023 - AUTOR LAETE OLIVEIRA-MDB - Alan Jefferson da Silveira Pinto, Prefeito Municipal de Apodi, providências legais sobre descumprimento contratual pela Companhia de Águas e Esgoto do Rio Grande do Norte com o município de Apodi.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/685/requerimento_n_184_2023_autor_junior_carlos_psb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/685/requerimento_n_184_2023_autor_junior_carlos_psb.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº. 184/2023 – AUTOR JÚNIOR CARLOS-PSB - ALAN JEFFERSON DA SILVEIRA PINTO - Prefeito Municipal de Apodi-RN, que se digne enviar a este Poder Legislativo as seguintes informações: Sobre o ABATEDOURO PÚBLICO se o município já tá com todas as licenças em mãos, como anda as reformas e ampliações, e prazo que vai ser aberto para funcionamento.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/686/requerimento_n_185_2023_autor_junior_carlos_psb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/686/requerimento_n_185_2023_autor_junior_carlos_psb.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº. 185/2023 – AUTOR JÚNIOR CARLOS-PSB - ALAN JEFFERSON DA SILVEIRA PINTO - Prefeito Municipal de Apodi-RN, que se digne enviar a este Poder Legislativo as seguintes informações: Quantos CARROS TEM ALUGADO AO MUNICÍPIO PARA O ESGOTAMENTO DE FOSSAS, quantas fossas é autorizada para ser esgotada por dia, valor dos contratos e nomes das empresas que prestam esse serviço.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/687/requerimento_n_186_2023_autor_junior_carlos_psb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/687/requerimento_n_186_2023_autor_junior_carlos_psb.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº. 186/2023 – AUTOR JÚNIOR CARLOS-PSB - ALAN JEFFERSON DA SILVEIRA PINTO - Prefeito Municipal de Apodi-RN, que se digne enviar a este Poder Legislativo as seguintes informações: Quantos CARROS PIPAS TEM ALUGADO ao município para o abastecimento de água potável da nossa zona rural, valores desses contratos e os donos dessas empresas ou dos caminhões pipas.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/791/requerimento_n_187_2023_autor_charton_rego_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/791/requerimento_n_187_2023_autor_charton_rego_mdb.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO N° 187/2023 - AUTOR CHARTON RÊGO - MDB - que se digne em visita a Empresa Leite ILA, localizada no Bairro Pequé, no município de Apodi-RN, no intuito de apurar denúncia dos moradores prejudicados pela existência de fossa séptica a céu aberto.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/792/requerimento_n_188_2023_autor_junior_carlos_psb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/792/requerimento_n_188_2023_autor_junior_carlos_psb.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº. 188/2023 – AUTOR JÚNIOR CARLOS-PSB - ALAN JEFFERSON DA SILVEIRA PINTO - Prefeito Municipal de Apodi-RN, que se digne enviar a este Poder Legislativo as seguintes informações: Relação de CARROS/MAQUINAS alugados as Secretarias Municipais de Obras e Urbanismo, valores desses contratos e os donos dessas empresas.</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/835/requerimento_n_189_2023_autor_laete_oliveira_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/835/requerimento_n_189_2023_autor_laete_oliveira_mdb.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº. 189/2023 – AUTOR LAETE OLIVEIRA-MDB - ALAN JEFFERSON DA SILVEIRA PINTO - Prefeito Municipal de Apodi-RN, que se digne enviar a este Poder Legislativo as seguintes informações: Relação das Associações que receberam recursos públicos nos últimos 6 (seis) anos; . Relação das que prestaram contas e estão aptas a receber recursos públicos; e Relação das Associações que estão inadimplentes com a prestação de contas de recursos públicos. Aprovado na Sessão Ordinária do dia 17 de agosto de 2023.</t>
   </si>
   <si>
     <t>1098</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1098/requerimento_n_190_2023_autor_angelo_suassuna_sd.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1098/requerimento_n_190_2023_autor_angelo_suassuna_sd.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 190/2023 – AUTOR ÂNGELO SUASSUNA –SD - Alan Jefferson da Silveira Pinto, Prefeito Municipal de Apodi, no sentido de enviar a esta Casa Legislativa: Cópias das licitações das empresas vencedoras no fornecimento de pneus, peças e serviços de toda frota da PMA dos anos 2021 e 2022 como também todas as cópias dos processos de pagamentos e cópias das notas fiscais.</t>
   </si>
   <si>
     <t>1099</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1099/requerimento_n_191_2023_autor_laete_oliveira_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1099/requerimento_n_191_2023_autor_laete_oliveira_mdb.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO N° 191/2023 – AUTOR LAETE OLIVEIRA – MDB - Alan Jefferson da Silveira Pinto, Prefeito Municipal de Apodi, providências legais sobre a execução da Lei Municipal, 1447/2019 que dispõe sobre a regulamentação de uso do espaço Calçadão da Lagoa do Apodi para a prática de atividades físicas.</t>
   </si>
   <si>
     <t>1278</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1278/requerimento_n_192_2023_autor_angelo_suassuna_sd.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1278/requerimento_n_192_2023_autor_angelo_suassuna_sd.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO NO 192/2023 – AUTOR ÂNGELO SUASSUNA-SD - ALAN JEFFERSON DA SILVEIRA PINTO, Prefeito Municipal de Apodi, no sentido de enviar Projeto de Lei de Programa de Recuperação Fiscal - REFIS 2023 a esta Casa Legislativa - O REFIS é destinado aos contribuintes, tanto pessoa física ou jurídica, que desejam quitar as suas dívidas junto ao poder público. Costuma entrar no programa impostos e multas em atraso como: Imposto Predial e Territorial Urbano (IPTU), Imposto de Transmissão de Bens Imóveis (ITBI) e Imposto Sobre Serviços (ISS); multas formais por descumprimento de obrigações, como falta de emissão da nota fiscal quando é obrigatório, multas cobradas pela fiscalização de poder de polícia, multas por descumprimento da legislação de licitações e contratos, multas de obras, posturas, uso do solo, meio ambiente, vigilância sanitária e transportes.</t>
   </si>
   <si>
     <t>1357</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1357/requerimento_n_193_2023_-_licenca_do_cargo_de_vereador_20230831_0001.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1357/requerimento_n_193_2023_-_licenca_do_cargo_de_vereador_20230831_0001.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO N° 193/2023 - AUTOR JUNIOR SOUZA - MDB - Requer a licença do cargo de vereador, para tratamento de saúde em conformidade com a Lei Orgânica e Regimento Interno diante de Processo administrativo. Aprovado na Sessão ordinária do dia 31 de agosto de 2023.</t>
   </si>
   <si>
     <t>1540</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1540/requerimento_n_194_2023_autor_alexandre_bevenuto_sem_partido.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1540/requerimento_n_194_2023_autor_alexandre_bevenuto_sem_partido.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO N° 194/2023 - AUTOR ALEXANDRE ALVES - SEM PARTIDO - Requer da Mesa Diretora envio de moção ao Congresso Nacional em favor do posicionamento contrário á ADPF 442, a fim de garantir as prerrogativas constitucionais e republicanas das competências do Poder Legislativo.</t>
   </si>
   <si>
     <t>1541</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1541/requerimento_n_195_2023_autor_vereadores_da_oposicao.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1541/requerimento_n_195_2023_autor_vereadores_da_oposicao.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 195/2023 – AUTORES VEREADORES JUNIOR CARLOS-PSB, CARLIN DE DANDÃO-PSB, ÂNGELO DE DAGMAR-SD, FILIPE GUSTAVO-PL, ANDREAZO ALVES-PL E ALEXANDRE BEVENUTO-SEM PARTIDO - Alan Jefferson da Silveira Pinto, Prefeito Municipal de Apodi, no sentido de enviar a esta Casa Legislativa: INFORMAÇÕES SOBRE CADA UMA DAS 12 OBRAS, CONFORME ORDENS DE SERVIÇOS ASSINADAS PELO PREFEITO MUNICIPAL DE APODI (FOTO); VALOR GASTO EM CADA UMA E AS PLANILHAS DE EXECUÇÕES.</t>
   </si>
   <si>
     <t>1687</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1687/requerimento_n_196_2023_autor_railton_diogenes_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1687/requerimento_n_196_2023_autor_railton_diogenes_mdb.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO N° 196/2023 - AUTOR RAILTON DIÓGENES - MDB - REQUER com base no artigo 37, caput e parágrafo único da Lei Orgânica Municipal, bem como o artigo 15, inciso ll, alínea b), do Regimento interno dessa Casa Legislativa o afastamento do cargo de Vereador para desempenhar o Cargo de Secretário na Secretaria de Assistência de Desenvolvimento Social. Aprovado na Sessão Ordinária do dia 19 de setembro de 2023.</t>
   </si>
   <si>
     <t>1695</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1695/requerimento_n_197_2023_autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1695/requerimento_n_197_2023_autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO N° 197/2023 - AUTOR ANDREAZO ALVES - PL - ALAN JEFFERSON DA SILVEIRA PINTO - PREFEITO MUNICIPAL DE APODI, no sentido de informar o motivo de não ter iniciado o repasse da prefeitura aos motoristas de ônibus que leva os alunos de Apodi ao IFRN, quando esse repasse irá acontecer e qual valor será repassado por aluno.</t>
   </si>
   <si>
     <t>1696</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1696/requerimento_n_198_2023_autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1696/requerimento_n_198_2023_autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO N° 198/2023 - AUTOR ANDREAZO ALVES - PL - ALAN JEFFERSON DA SILVEIRA PINTO - PREFEITO MUNICIPAL DE APODI, no sentido de enviar as seguintes informações sobre a praça reforma da praça Robson Lopes: Cópia da planta baixa; Plano de trabalho; Andamento da construção; Data prevista de entrega; Termo de referência do contrato.</t>
   </si>
   <si>
     <t>1707</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1707/requerimento_n_199_2023_autor_gilvan_alves_sd.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1707/requerimento_n_199_2023_autor_gilvan_alves_sd.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº. 199/2023 – AUTOR GILVAN ALVES-SD - Vem requerer a esta Casa, no uso de suas prerrogativas regimentais e legais, requer a Vossa Excelência, após anuência do Plenário: Que este Legislativo promova a realização de Sessão Solene, em data a ser definida, para prestar justa homenagem a todos os ex-vereadores que passaram por este legislativo.</t>
   </si>
   <si>
     <t>1721</t>
   </si>
   <si>
     <t>Poder Legislativo Apodiense</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1721/requerimento_n_200_2023_autor_poder_legislativo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1721/requerimento_n_200_2023_autor_poder_legislativo.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 200/2023 – AUTOR PODER LEGISLATIVO - Alan Jefferson da Silveira Pinto, Prefeito Municipal de Apodi, no sentido de cumprir a Lei Municipal N° 1612/2020, de Autoria do Vereador Charton Rêgo-MDB, que "Dispõe sobre a obrigatoriedade em disponibilizar assistência técnica aos agricultores-produtores, gratuitamente no município de Apodi-RN, e dá outras providências.</t>
   </si>
   <si>
     <t>1727</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1727/requerimento_n_201_2023_autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1727/requerimento_n_201_2023_autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO N° 201/2023 - AUTOR ANDREAZO ALVES-PL - ALAN JEFFERSON DA SILVEIRA PINTO - PREFEITO MUNICIPAL DE APODI, no sentido de enviar quais terrenos no bairro Pequé são de responsabilidade do município, informando a localização e tamanho do mesmo.</t>
   </si>
   <si>
     <t>1735</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1735/requerimento_n_202_2023_autor_adailton_targino_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1735/requerimento_n_202_2023_autor_adailton_targino_mdb.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO N° 202/2023 - AUTOR ADAILTON TARGINO - MDB - Diretor Geral do Instituto de Desenvolvimento Sustentável e Meio Ambiente – IDEMA/RN, no sentido: Solicitar que seja realizado mutirão para realizar a emissão da Dispensa de Licença Ambiental.</t>
   </si>
   <si>
     <t>1736</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1736/requerimento_n_203_2023_autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1736/requerimento_n_203_2023_autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO N° 203/2023 - AUTOR ANDREAZO ALVES - PL - ALAN JEFFERSON DA SILVEIRA PINTO - PREFEITO MUNICIPAL DE APODI, no sentido de enviar quais terrenos no portal da chapada são de responsabilidade do Município, informando a localização e tamanho do mesmo.</t>
   </si>
   <si>
     <t>1742</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1742/requerimento_n_204_2023_autor_gilvan_alves_sd.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1742/requerimento_n_204_2023_autor_gilvan_alves_sd.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº. 204/2023 -  AUTOR GILVAN ALVES-SD - Vem requerer a esta Casa, no uso de suas prerrogativas regimentais e legais, requer a Vossa Excelência, após anuência do Plenário: Que este legislativo promova a realização de Sessão Solene, em data a ser definida, para prestar justa homenagem ao atual Prefeito e a todos os ex-prefeitos e ex-vice-prefeitos do municipio de Apodi-RN.</t>
   </si>
   <si>
     <t>1770</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1770/requerimento_n_205_2023_autor_alexandre_bevenuto_sem_partido.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1770/requerimento_n_205_2023_autor_alexandre_bevenuto_sem_partido.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO N° 205/2023 - AUTOR ALEXANDRE BEVENUTO - SEM PARTIDO - ALAN COSTA FERNANDES - CONTROLADOR GERAL DO MUNICÍPIO DE APODI - RN, QUE O MESMO POSSA COMPARECER NA REUNIÃO DA CCJ DESTA CASA, PARA DAR EXPLICAÇÕES SOBRE ALGUMAS LEIS MUNICIPAIS, QUE NÃO ESTÃO SENDO CUMPRIDAS.</t>
   </si>
   <si>
     <t>1798</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1798/requerimento_n_206_2023_autor_alexandre_bevenuto_sem_partido.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1798/requerimento_n_206_2023_autor_alexandre_bevenuto_sem_partido.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO N° 206/2023 - AUTOR ALEXANDRE BEVENUTO - SEM PARTIDO - FRANCISCO ELMO ALVES TORRES, SECRETÁRIO DE EDUCAÇÃO E CULTURA DO MUNICÍPIO DE APODI, QUE ENCAMINHE INFORMAÇÕES SOBRE O QUADRO DEMONSTRATIVO DOS BOLSISTAS A ESTA CASA, CONTENDO NOMES DOS BOLSISTAS E LOCAIS DOS ESTABELECIMENTO NO QUAL PRATICA O ESTÁGIO, E RESPECTIVOS DADOS CADASTRAIS COMO TELEFONE, ENDEREÇO, UNIVERSIDADE EM QUE CURSA A GRADUAÇÃO, E O NOME DO PROFESSOR QUE O AUXILIA.</t>
   </si>
   <si>
     <t>1799</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1799/requerimento_n_207_2023_autor_laete_oliveira_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1799/requerimento_n_207_2023_autor_laete_oliveira_mdb.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO N° 207/2023 – AUTOR LAETE OLIVEIRA-MDB – REQUER A CRIAÇÃO DA FRENTE PARLAMENTAR EM DEFESA DOS DIREITOS DAS CRIANÇAS E DOS ADOLESCENTES</t>
   </si>
   <si>
     <t>1803</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1803/requerimento_n_208_2023_-_autor_poder_legislativo_20231123_0001.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1803/requerimento_n_208_2023_-_autor_poder_legislativo_20231123_0001.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 208/2023 – AUTOR PODER LEGISLATIVO - ALAN JEFFERSON DA SILVEIRA PINTO, PREFEITO MUNICIPAL DE APODI, PARA QUE NO EXERCÍCIO DO ANO DE 2024 PRIORIZE A CONTRATAÇÃO E/OU COMPRA DE MAIS 03 (TRÊS) VEÍCULOS AUTOMOTORES, TIPO: CAÇAMBA, DESTINADO A SECRETARIA MUNICIPAL DE TRANSPORTES E OBRAS PÚBLICAS PARA REALIZAÇÃO DE REPAROS E MANUTENÇÃO DAS ESTRADAS VICINAIS DO MUNICÍPIO DE APODI/RN.</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>MP</t>
   </si>
   <si>
     <t>Moções de Pesares (MP)</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/105/mocao_de_pesar_maurilio_contador_autor_charton_rego_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/105/mocao_de_pesar_maurilio_contador_autor_charton_rego_mdb.pdf</t>
   </si>
   <si>
     <t>Pelo falecimento do Senhor MAURILIO ALVES DO NASCIMENTO (MAURILIO CONTADOR DA MATERNIDADE), ocorrido recentemente.</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/106/mocao_de_pesar_deusdeth_albuquerque_autor_junior_souza_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/106/mocao_de_pesar_deusdeth_albuquerque_autor_junior_souza_mdb.pdf</t>
   </si>
   <si>
     <t>Pelo falecimento do Senhor Ex-Combatente DEUSDETH ALBUQUERQUE RÊGO, ocorrido recentemente.</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/107/mocao_de_pesar_jose_hilario_costa_autor_charton_rego_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/107/mocao_de_pesar_jose_hilario_costa_autor_charton_rego_mdb.pdf</t>
   </si>
   <si>
     <t>Pelo falecimento do senhor JOSÉ HILÁRIO COSTA, ocorrido recentemente.</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/108/mocao_de_pesar_moises_oliveira_freire_autor_adailton_targino_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/108/mocao_de_pesar_moises_oliveira_freire_autor_adailton_targino_mdb.pdf</t>
   </si>
   <si>
     <t>Pelo falecimento do jovem MOISÉS OLIVEIRA FREIRE, ocorrido recentemente.</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/109/mocao_de_pesar_alcineide_maria_da_costa_autor_gilvan_alves_ssd.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/109/mocao_de_pesar_alcineide_maria_da_costa_autor_gilvan_alves_ssd.pdf</t>
   </si>
   <si>
     <t>Pelo falecimento da senhora ALCINEIDE MARIA DA COSTA, ocorrido recentemente.</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/110/mocao_de_pesar_moises_oliveira_autor_charton_rego_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/110/mocao_de_pesar_moises_oliveira_autor_charton_rego_mdb.pdf</t>
   </si>
   <si>
     <t>Pelo falecimento jovem MOÍSES OLIVEIRA, ocorrido recentemente</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/111/mocao_de_pesar_ze_de_trincha_autor_alexandre_bevenuto_sem_partido.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/111/mocao_de_pesar_ze_de_trincha_autor_alexandre_bevenuto_sem_partido.pdf</t>
   </si>
   <si>
     <t>PELO FALECIMENTO DO SENHOR JOSÉ HILÁRIO DA COSTA (ZÉ DE TRINCHA), OCORRIDO RECENTEMENTE.</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/112/mocao_de_pesar_gorete_do_carmo_autor_alexandre_bevenuto_sem_partido.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/112/mocao_de_pesar_gorete_do_carmo_autor_alexandre_bevenuto_sem_partido.pdf</t>
   </si>
   <si>
     <t>Pelo falecimento da senhora MARIA GORETE DE CARMO MORAIS (Gorete de Morais), ocorrido recentemente no Município de Apodi.</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/113/mocao_de_pesar_ze_eduardo_autor_alexandre_bevenuto_sem_partido.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/113/mocao_de_pesar_ze_eduardo_autor_alexandre_bevenuto_sem_partido.pdf</t>
   </si>
   <si>
     <t>Pelo falecimento do senhor JOSÉ EDUARDO DE MORAIS, ocorrido recentemente no Município de Apodi.</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/114/mocao_de_pesar_lenice_autor_alexandre_bevenuto_sem_partido.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/114/mocao_de_pesar_lenice_autor_alexandre_bevenuto_sem_partido.pdf</t>
   </si>
   <si>
     <t>Pelo falecimento da Senhora LENICE VIANA DE OLIVEIRA (LENICE) ocorrido recentemente no Município de Apodi.</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/115/mocao_de_pesar_sebastiao_paiva_autor_gilvan_alves_ssd.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/115/mocao_de_pesar_sebastiao_paiva_autor_gilvan_alves_ssd.pdf</t>
   </si>
   <si>
     <t>Pelo falecimento do senhor SEBASTIÃO GOMES DE PAIVA, ocorrido recentemente no Município de Apodi.</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/116/mocao_de_pesar_rita_de_cassia_regis_rego_autor_junior_souza_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/116/mocao_de_pesar_rita_de_cassia_regis_rego_autor_junior_souza_mdb.pdf</t>
   </si>
   <si>
     <t>Pelo falecimento da senhora RITA DE CÁSSIA REGIS DO RÊGO, ocorrido recentemente no Município de Apodi.</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/117/mocao_de_francisca_targino_de_oliveira_autor_adailton_targino_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/117/mocao_de_francisca_targino_de_oliveira_autor_adailton_targino_mdb.pdf</t>
   </si>
   <si>
     <t>Pelo falecimento da Sra. FRANCISCA TARGINO DE OLIVEIRA ocorrido no município de Apodi.</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/118/mocao_de_pesar_luzimar_sena_autor_poder_legislativo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/118/mocao_de_pesar_luzimar_sena_autor_poder_legislativo.pdf</t>
   </si>
   <si>
     <t>Pelo falecimento do Senhor LUIZ PRAXEDES DE SENA (Luzimar Sena).</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/119/mocao_de_pesar_sebastiao_augusto_autor_ednarte_silveira_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/119/mocao_de_pesar_sebastiao_augusto_autor_ednarte_silveira_mdb.pdf</t>
   </si>
   <si>
     <t>Pelo falecimento do Jovem SEBASTIÃO AUGUSTO GURGEL DE MORAIS, ocorrido no municipio de Apodi.</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/120/mocao_de_pesar_maria_elza_silveira_de_souza_autor_ednarte_silveira_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/120/mocao_de_pesar_maria_elza_silveira_de_souza_autor_ednarte_silveira_mdb.pdf</t>
   </si>
   <si>
     <t>Pelo falecimento da Senhora MARIA ELZA SILVEIRA DE SOUZA, ocorrido recentemente.</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/121/mocao_de_pesar_alcigere_izaque_targino_da_costa_autor_adailton_targino_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/121/mocao_de_pesar_alcigere_izaque_targino_da_costa_autor_adailton_targino_mdb.pdf</t>
   </si>
   <si>
     <t>Pelo falecimento do Sr. ALCIGERE IZAQUE TARGINO DA COSTA ocorrido no município de Apodi.</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/122/mocao_de_pesar_joao_de_deus_de_oliveira_autor_ednarte_silveira_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/122/mocao_de_pesar_joao_de_deus_de_oliveira_autor_ednarte_silveira_mdb.pdf</t>
   </si>
   <si>
     <t>Pelo falecimento do Sr. JOÃO DE DEUS DE OLIVEIRA ocorrido recentemente no município de Apodi.</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/123/mocao_de_pesar_lucas_gomes_pinto_autor_ednarte_silveira_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/123/mocao_de_pesar_lucas_gomes_pinto_autor_ednarte_silveira_mdb.pdf</t>
   </si>
   <si>
     <t>Pelo falecimento do Sr. LUCAS GOMES PINTO ocorrido recentemente no município de Apodi.</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/653/mocao_de_pesar_messon_autor_gilvan_alves_ssd.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/653/mocao_de_pesar_messon_autor_gilvan_alves_ssd.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR - AUTOR GILVAN ALVES - SOLIDARIEDADE - Pelo falecimento do Senhor Sebastião Emerson Rodrigues de Paiva, mais conhecido como “Messon”, ocorrido recentemente.</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/684/mocao_de_pesar_maria_antonia_da_conceicao_autor_adailton_targino_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/684/mocao_de_pesar_maria_antonia_da_conceicao_autor_adailton_targino_mdb.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR - AUTOR ADAILTON TARGINO - MDB - Pelo falecimento da Sra. MARIA ANTÔNIA DA CONCEIÇÃO ocorrido no município de Apodi, representante dos munícipes, a uma cidadã que está a merecer a saudade da comunidade apodiense. Maria Antônia da Conceição (Tia Maroca), era filha de Maria Luiza da Conceição e Simão Nogueira da Silva, nasceu em 13/08/1930. Teve 11 (onze) filhos, sendo 04 (quatro) homens e 07 (sete) mulheres, falecendo uma no primeiro mês de vida.</t>
   </si>
   <si>
     <t>FILIPE GUSTAVO, GILVAN ALVES</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/688/mocao_de_pesar_maria_de_lourdes_gama_autores_gilvan_alves_ssd_e_filipe_gustavo-pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/688/mocao_de_pesar_maria_de_lourdes_gama_autores_gilvan_alves_ssd_e_filipe_gustavo-pl.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR - AUTORES GILVAN ALVES - SOLIDARIEDADE - FILIPE GUSTAVO - PL - Pelo falecimento da Senhora MARIA DE LOURDES GAMA DA SILVA, ocorrido recentemente.</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/689/mocao_de_pesar_raimundo_marcelino_de_carvalho_autor_ednarte_silveira_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/689/mocao_de_pesar_raimundo_marcelino_de_carvalho_autor_ednarte_silveira_mdb.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR - AUTOR EDNARTE SILVEIRA - MDB - Pelo falecimento do Senhor RAIMUNDO MARCELINO DE CARVALHO ocorrido recentemente.</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/780/mocao_de_pesar_layrton_de_lima_soares_autor_ednarte_silveira_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/780/mocao_de_pesar_layrton_de_lima_soares_autor_ednarte_silveira_mdb.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR - AUTOR EDNARTE SILVEIRA - MDB - Pelo falecimento do Jovem LAYRTON DE LIMA SOARES ocorrido recentemente</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
     <t>CARLINHOS DE DANDÃO, JÚNIOR CARLOS</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/836/mocao_de_pesar_maria_da_salete_costa_e_silva_pacci_autor_carlin_de_dandao_psb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/836/mocao_de_pesar_maria_da_salete_costa_e_silva_pacci_autor_carlin_de_dandao_psb.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR - AUTORES CARLINHOS DE DANDÃO-PSB E JUNIOR CARLOS-PSB - PELO FALECIMENTO DA SENHORA MARIA DA SALETE COSTA E SILVA PACCI, OCORRIDO RECENTEMENTE. Aprovada na Sessão Ordinária do dia 17 de agosto de 2023.</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/837/mocao_de_pesar_luis_alves_de_castro_autor_angelo_suassuna_sd.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/837/mocao_de_pesar_luis_alves_de_castro_autor_angelo_suassuna_sd.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR - AUTOR ÂNGELO SUASSUNA-SD -  Pelo falecimento do Senhor LUÍS ALVES DE CASTRO, ocorrido recentemente. Aprovada na Sessão Ordinária do dia 17 de agosto de 2023.</t>
   </si>
   <si>
     <t>1139</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1139/mocao_de_pesar_gilson_leite_de_oliveira_autor_poder_legislativo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1139/mocao_de_pesar_gilson_leite_de_oliveira_autor_poder_legislativo.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR – AUTOR PODER LEGISLATIVO - Pelo falecimento do Senhor GILSON LEITE DE OLIVEIRA, ocorrido recentemente - Professor Gilson Leite foi músico da Banda de Música Antônio de Pádua Leite e atuava como Professor de Língua Inglesa na rede estadual e municipal de ensino do municipio de Apodi-RN.</t>
   </si>
   <si>
     <t>1322</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1322/mocao_de_pesar_laercio__marinho_autor_poder_legislativo__20230901_0001.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1322/mocao_de_pesar_laercio__marinho_autor_poder_legislativo__20230901_0001.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR – AUTOR PODER LEGISLATIVO - Pelo falecimento do Senhor LAÉRCIO MARINHO TÔRRES, conhecido como Laercinho de Taninha ocorrido recentemente. Aprovada na Sessão Ordinária do dia 31 de agosto de 2023.</t>
   </si>
   <si>
     <t>1323</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1323/mocao_de_pesar_zenilson_marinho_autor_poder_legislativo__20230901_0001.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1323/mocao_de_pesar_zenilson_marinho_autor_poder_legislativo__20230901_0001.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR – AUTOR PODER LEGISLATIVO - Pelo falecimento do Senhor ANTONIO ZENILSON MARINHO CARLOS, conhecido como Zé Nilson de Pepeto ocorrido recentemente. Aprovada na Sessão Ordinária do dia 31 de agosto de 2023.</t>
   </si>
   <si>
     <t>1324</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1324/mocao_de_pesar_ronaldo_fernandes_de_oliveira_autor_alexandre_bevenuto.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1324/mocao_de_pesar_ronaldo_fernandes_de_oliveira_autor_alexandre_bevenuto.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR - AUTOR ALEXANDRE ALVES - SEM PARTIDO - Pelo falecimento do jovem RONALDO FERNANDES DE OLIVEIRA (RONALDO), ocorrido recentemente em Apodi. Aprovada na Sessão Ordinária do dia 31 de agosto de 2023.</t>
   </si>
   <si>
     <t>1702</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1702/mocao_de_pesar_apolonio_germano_autor_poder_legislativo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1702/mocao_de_pesar_apolonio_germano_autor_poder_legislativo.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR – AUTOR PODER LEGISLATIVO - Pelo falecimento do Senhor FRANCISCO FERREIRA CAVALCANTE, conhecido como Apolônio Germano ocorrido recentemente.</t>
   </si>
   <si>
     <t>1711</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1711/mocao_de_pesar_tio_dequinha_autor_adailton_targino_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1711/mocao_de_pesar_tio_dequinha_autor_adailton_targino_mdb.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR - AUTOR ADAILTON TARGINO - MDB - Pelo falecimento do Sr. JOSÉ TARGINO DE FREITAS (Tio Dequinha) ocorrido no município de Apodi.</t>
   </si>
   <si>
     <t>1712</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1712/mocao_de_pesar_antonio_kleiber_viana_de_morais_autor_gilvan_alves_ssd.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1712/mocao_de_pesar_antonio_kleiber_viana_de_morais_autor_gilvan_alves_ssd.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR - AUTOR GILVAN ALVES - SOLIDARIEDADE - Pelo falecimento do Sr. ANTÔNIO KLEIBER VIANA DE MORAIS ocorrido no município de Apodi.</t>
   </si>
   <si>
     <t>1740</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1740/mocao_de_pesar_vaci_autor_caninde_torres_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1740/mocao_de_pesar_vaci_autor_caninde_torres_mdb.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR - AUTOR CANINDÉ TÔRRES - MDB - Pelo falecimento do Apodiense JOSÉ EGILVACIR DA SILVA, mais conhecido por VACI, ocorrido recentemente em Cuiabá.</t>
   </si>
   <si>
     <t>1761</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1761/mocao_de_pesar_joana_moreira_autor_adailton_targino_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1761/mocao_de_pesar_joana_moreira_autor_adailton_targino_mdb.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR - AUTOR ADAILTON TARGINO - MDB - PELO FALECIMENTO DO SR. JOANÂ MOREIRA OCORRIDO NO MUNICÍPIO DE APODI. APROVADA NA SESSÃO ORDINÁRIA DO DIA 26 DE OUTUBRO DE 2023.</t>
   </si>
   <si>
     <t>1804</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1804/mocao_de_pesar_-_autor_filipe_gustavo_pl_20231123_0001.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1804/mocao_de_pesar_-_autor_filipe_gustavo_pl_20231123_0001.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR – AUTOR FILIPE GUSTAVO-PL - PELO FALECIMENTO DA SENHORA MARIA LURDES ALVES (BIBIA) OCORRIDO NO MUNICÍPIO DE APODI.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>MAC</t>
   </si>
   <si>
     <t>Moções de Aplausos e Congratulações (MAC)</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/124/mocao_de_aplausos_e_congratulacoes_apodi_futsal_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/124/mocao_de_aplausos_e_congratulacoes_apodi_futsal_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>Ao time APODI FUTSAL pelas conquistas no ano de 2022: 1. Campeonato Estadual RN 2; Copa RN de Futsal Polo Apodi 3; Copa RN de Futsal Geral 4; e Copa Potiguar de Futsal.</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/125/mocao_de_aplausos_e_congratulacoes_parreira_e_sda_autor_carlos_alexandre_-sem_pardio.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/125/mocao_de_aplausos_e_congratulacoes_parreira_e_sda_autor_carlos_alexandre_-sem_pardio.pdf</t>
   </si>
   <si>
     <t>Aos jovens das equipes Parreira Frutas e SDA, que foram campeãs dos jogos carnavalescos na cidade de Apodi RN.</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/256/mocao_de_aplausos_e_congratulacoes_parreira_e_sda_autor_adailton-mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/256/mocao_de_aplausos_e_congratulacoes_parreira_e_sda_autor_adailton-mdb.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES - AUTOR ADAILTON TARGINO - MDB - Á equipe de Futsal FC Soledade - Parreira Frutas, pela conquista de mais um título conquistados nos jogos carnavalescos do Município de Apodi RN.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/257/mocao_de_aplausos_e_congratulacoes_humberto_bandeira_filho_autor_filipe_gustavo_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/257/mocao_de_aplausos_e_congratulacoes_humberto_bandeira_filho_autor_filipe_gustavo_pl.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES - AUTOR FILIPE GUSTAVO - PL - ao senhor Humberto Carlos Bandeira Costa Filho, Diretor de futebol do Apodi Futsal, pelas conquistas realizadas pelo clube Apodi futsal no ano de 2022.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/258/mocao_de_aplausos_e_congratulacoes_elison_mayard_autor_filipe_gustavo_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/258/mocao_de_aplausos_e_congratulacoes_elison_mayard_autor_filipe_gustavo_pl.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES - AUTOR FILIPE GUSTAVO - PL - Ao Secretário Municipal Elison Mayard Costa Lima, pelo grandioso evento realizado pela Secretária Municipal de Juventude, Esporte e Lazer.</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/259/mocao_de_aplausos_e_congratulacoes_demolay_20230310_0001.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/259/mocao_de_aplausos_e_congratulacoes_demolay_20230310_0001.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES – AUTOR PODER LEGISLATIVO – Ao Capítulo Príncipe Vale do Apodi da Ordem DeMolay, do Município de Apodi – RN - Pelos relevantes serviços prestados a comunidade Apodiense, parabenizando-os e expressando a nossa gratidão pelos serviços prestados, desejando-lhes que Deus derrame muitas bênçãos e graças sobre todos em suas vidas.</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/260/mocao_de_aplausos_e_congratulacoes_mulheres_destques_autor_poder_legislativo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/260/mocao_de_aplausos_e_congratulacoes_mulheres_destques_autor_poder_legislativo.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES – AUTOR PODER LEGISLATIVO – As “MULHERES DESTAQUES” que se distinguem na sociedade Apodiense, por relevantes serviços prestados à coletividade nas diversas formas. A Moção é uma homenagem às mulheres que obtiveram relevância profissional ou social no município: TEREZA DE SOUZA MACHADO (ESCRITORA); MARIA DA CONCEIÇÃO DE LIMA (SERVIDORA PÚBLICA); MARIA DE LOURDES DE OLIVEIRA SOUZA (LAVANDEIRA E EMPREENDEDORA); LUCILENE DANTAS PINHEIRO (CATADORA DE RECICLÁVEIS); ANTONIA MOREIRA DE OLIVEIRA (RELIGIOSA); MARIA DE LOURDES BEZERRA PINTO (COSTUREIRA); JOILZA PEREIRA DE OLIVEIRA (ENTREGADORA); MARIA ALBANUZIA PINTO SOUZA (CUIDADORA DE ANIMAIS); MARIA ASSUNÇÃO TORRES DE OLIVEIRA (PESCADORA); E LETÍCIA AUANNY LIMA DA COSTA (FRENTISTA).</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/261/mocao_de_aplausos_e_congratulacoes_mulheres_empreendedoras_autor_adailton_targino_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/261/mocao_de_aplausos_e_congratulacoes_mulheres_empreendedoras_autor_adailton_targino_mdb.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES - AUTOR ADAILTON TARGINO - MDB – As Senhoras: Maria da Saúde dos Santos e Silva - Maria Auxiliadora Targino Costa -  Francisca Aizaline Targino Costa - Maria Eliene da Costa - Maria Pereira Nunes - Francisca Suelha Lira Pereira - Merabe Costa de Oliveira - Arcânjala Leopoldina Oliveira Targino e Lidijane Targino Barbosa, esta Moção motivou-se pela comemoração do mês das mulheres. Devemos reconhecer a importância e a luta dessas mulheres fortes e guerreiras, que além de cuidarem da sua família, também são empreendedoras.</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/262/mocao_de_aplausos_e_congratulacoes_lourdes_bezerra_autor_junior_souza_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/262/mocao_de_aplausos_e_congratulacoes_lourdes_bezerra_autor_junior_souza_mdb.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES - AUTOR JUNIOR SOUZA - MDB - Á Senhora MARIA DE LOURDES BEZERRA pelos relevantes serviços prestados ao povo de Apodi.</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/263/mocao_de_aplausos_e_congratulacoes_antonio_oliveira_de_morais_autor_adailton_targino_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/263/mocao_de_aplausos_e_congratulacoes_antonio_oliveira_de_morais_autor_adailton_targino_mdb.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES - AUTOR ADAILTON TARGINO - MDB - ao senhor Antônio Oliveira de Morais. Esta moção motivou-se pelos relevantes serviços prestados à sociedade apodiense. Antônio Oliveira de Morais mais conhecido como Tôca, é filho de Manoel Francisco de Oliveira e Raimunda Alexandrina de Morais. Nasceu em 14 de abril de 1930. Casou-se com Rita Cutes de Morais, com que teve 06 (seis) filhos, sendo 03 (três) homens e 03 (três) mulheres: César, Júnior, Sueldo, Silvanira, Silvanuza e Silvanir. Tôca trabalhou com o saudoso Antônio de Filástrio, com o ex-prefeito Hélio Morais Marinho e o também ex-prefeito Ivo Freire Araújo.</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/264/mocao_de_aplausos_e_congratulacoes_francisco_elmo_alves_torres_autor_charton_rego_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/264/mocao_de_aplausos_e_congratulacoes_francisco_elmo_alves_torres_autor_charton_rego_mdb.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES - AUTOR CHARTON RÊGO - MDB - ao senhor Secretário Municipal de Educação, Francisco Elmo Alves Tôrres, pelo apoio na realização e na produção do livro Apodi Cidade da Gente.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/265/mocao_de_aplausos_e_congratulacoes_gessione_morais_da_silva_autor_charton_rego_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/265/mocao_de_aplausos_e_congratulacoes_gessione_morais_da_silva_autor_charton_rego_mdb.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES - AUTOR CHARTON RÊGO - MDB - Á senhora Gessione Morais da Silva, pelo afinco e dedicação na produção do Livro Apodi cidade da Gente.</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/266/mocao_de_aplausos_e_congratulacoes_francisco_de_assis_marinho_morais_autor_charton_rego_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/266/mocao_de_aplausos_e_congratulacoes_francisco_de_assis_marinho_morais_autor_charton_rego_mdb.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES - AUTOR CHARTON RÊGO - MDB - ao senhor Francisco de Assis Marinho Morais, pelo afinco e dedicação na produção do livro Apodi Cidade da Gente.</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/267/mocao_de_aplausos_e_congratulacoes_maria_auxiliadora_da_silva_maia_autor_charton_rego_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/267/mocao_de_aplausos_e_congratulacoes_maria_auxiliadora_da_silva_maia_autor_charton_rego_mdb.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES - AUTOR CHARTON RÊGO - MDB - á senhora Maria Auxiliadora da Silva Maia, pelo afinco e dedicação na produção do livro Apodi Cidade da Gente.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>CDMAT - COMISSÃO DE DEFESA DO MEIO AMBIENTE, TURISMO E  PATRIMÔNIO HISTÓRICO DE APODI</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/268/mocao_de_aplausos_e_congratulacoes_uniao_dos_mecanicos_de_apodi_autor_comissao_de_defesa_do_meio_ambiente.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/268/mocao_de_aplausos_e_congratulacoes_uniao_dos_mecanicos_de_apodi_autor_comissao_de_defesa_do_meio_ambiente.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES - AUTOR COMISSÃO DE DEFESA DO MEIO AMBIENTE - Á Associação União dos Mecânicos de Apodi - UMA, pelos relevantes serviços prestados à sociedade.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/269/mocao_de_aplausos_e_congratulacoes_5o_trilhao_da_areia_autor_marcos_diogenes_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/269/mocao_de_aplausos_e_congratulacoes_5o_trilhao_da_areia_autor_marcos_diogenes_mdb.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES - AUTOR RAILTON DIÓGENES - MDB - ao 5° TRILHÃO DA AREIA, motivou - se pelo belo evento realizado na Região da areia, contando com a participação de pessoas de várias localidades.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/270/mocao_de_aplausos_e_congratulacoes_keiber_roberto_autor_charton_rego_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/270/mocao_de_aplausos_e_congratulacoes_keiber_roberto_autor_charton_rego_mdb.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES - AUTOR CHARTON RÊGO - MDB - Ao professor KEIBER ROBERTO MAIA OLIVEIRA, pela ação voluntária em favor dos jovens alunos da Escola Estadual Professor Antônio Dantas, por meio do Projeto ''Trilha de Aventura e Meio Ambiente'', que promove saúde física, Social, mental e intelectual aos participantes.</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/271/mocao_de_aplausos_e_congratulacoes_maria_das_gracas_charton_re_20230512_0001.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/271/mocao_de_aplausos_e_congratulacoes_maria_das_gracas_charton_re_20230512_0001.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES - AUTOR CHARTON RÊGO - MDB - Em alusão ao Dia das Mães para a cidadã e mãe apodiense exemplar, a senhora Maria das Graças Tôrres.</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/272/mocao_de_aplausos_e_congratulacoes_joelma_sena_autor_adailton_targino_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/272/mocao_de_aplausos_e_congratulacoes_joelma_sena_autor_adailton_targino_mdb.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES - AUTOR ADAILTON TARGINO-MDB - Á Senhora Joelma Maria Sena, pelos relevantes serviços prestados à sociedade apodiense. Joelma é técnica de enfermagem, sendo funcionária pública do estado trabalhando no Hospital Regional Hélio Morais Marinho e do município na UPA – Conchecita Ciarlini em Mossoró, trabalhou em Apodi como socorrista no SAMU. Desde 1994 que desempenha a honrosa função, sabendo da importância dos profissionais da enfermagem. Em 2020 começou na luta pelo piso da enfermagem.</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/273/mocao_de_aplausos_e_congratulacoes_time_futsal_apodi_autor_railton_diogenes_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/273/mocao_de_aplausos_e_congratulacoes_time_futsal_apodi_autor_railton_diogenes_mdb.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES - AUTOR RAILTON DIÓGENES - MDB - Ao TIME FUTSAL APODI, pelas conquistas do time entre elas por ter passado de fase na Copa do Brasil de Futsal - SICRED. E por crescer a modalidade do futsal em Apodi e região, colaborando para que muitos talentos sejam descobertos por meio do esporte.</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/274/mocao_de_aplausos_e_congratulacoes_jovens_humorista_autor_charton_rego_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/274/mocao_de_aplausos_e_congratulacoes_jovens_humorista_autor_charton_rego_mdb.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES - AUTOR CHARTON RÊGO-MDB - Aos jovens humoristas apodienses Francisco Edson Pinto de Oliveira e Francisco Wedson Lima Tôrres, em reconhecimento e incentivo ao bom humor através do perfil @azedinhodohumor que tem arrancado o sorriso e levado alegria a muitos Apodienses á fora. Retirada (Ausência do Autor da Proposição na Sessão) de Pauta na Sessão Ordinária do dia 18 de maio de 2023.</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/275/mocao_de_aplausos_e_congratulacoes_keike_rosalina_autor_laete_oliveira_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/275/mocao_de_aplausos_e_congratulacoes_keike_rosalina_autor_laete_oliveira_mdb.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES - AUTOR LAETE OLIVEIRA-MDB - Senhora Gestora, KEIKE ROSALINA DA SILVEIRA E SILVA pelas conquistas realizadas frente a gerência da gestão municipal do cadastro único e Programa Bolsa Família.</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/276/mocao_de_aplausos_e_congratulacoes_funcionarios_da_assistencia_social_autor_laete_oliveira_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/276/mocao_de_aplausos_e_congratulacoes_funcionarios_da_assistencia_social_autor_laete_oliveira_mdb.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES - AUTOR LAETE OLIVEIRA- MDB – Pelos relevantes serviços prestados a cidade Apodiense, parabenizando-os e expressando a nossa gratidão: ITALO ALVES DE OLIVEIRA MORAIS (ASSISTENTE SOCIAL),MARIA NEIDE TOME FERREIRA RAMOS (ASSISTENTE SOCIAL), BENEDITO ALVES DE FREITAS NETO (DIGITADOR) FRANCISCA TAYANE FERREIRA FREIRE (ASSISTENTE SOCIAL), WHATA MARUANA DE OLIVEIRA NORONHA (DIGITADORA), ACIMONIA BEZERRA DE MEDEIROS (DIGITADORA), SIMONE BRASIL DE MORAIS (DIGITADORA), JOELMA REGINA DE MORAIS COSTA (DIGITADORA), THAYNE MIRELLY DE MORAES SOUZA (DIGITADORA), ANA KAROLINE MOURA DE LIMA (COLABORADORA), FRANCILENE ÂNGELA GOMES (RECEPCIONISTA), ADRIANA CARLA DE FREITAS (ASD), JOSÉ WILSON MAGNO DA COSTA (MOTORISTA).</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/277/mocao_de_aplausos_e_congratulacoes_walceli_marinho_autor_charton_rego_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/277/mocao_de_aplausos_e_congratulacoes_walceli_marinho_autor_charton_rego_mdb.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES - AUTOR CHARTON RÊGO-MDB – Ao Senhor WALCELI MARINHO MORAIS por ser referência no bom atendimento nos serviços prestados ao povo de Apodi-RN.</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/278/mocao_de_aplausos_e_congratulacoes_kenedy_e_pedro_henrique_autor_charton_rego_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/278/mocao_de_aplausos_e_congratulacoes_kenedy_e_pedro_henrique_autor_charton_rego_mdb.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES - AUTOR CHARTON RÊGO - MDB - Ao senhor MONSOELDO KENEDY DE OLIVEIRA, Músico, que há 12 anos desenvolve o Projeto de Música PEDRO HENRIQUE PEREIRA DE FREITAS (Banda Fanfarra da Escola Estadual Ferreira Pinto), que leva educação através da arte para crianças de 08 a 15 anos no Município de Apodi-RN.</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/279/mocao_de_aplausos_e_congratulacoes_eletricistas_autor_laete_oliveira_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/279/mocao_de_aplausos_e_congratulacoes_eletricistas_autor_laete_oliveira_mdb.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES - AUTOR LAETE OLIVEIRA-MDB; SUBSCRITO PELOS VEREADORES RAILTON DIÓGENES-MDB, ÂNGELO SUASSUNA-SD, FILIPE GUSTAVO-PL, JUNIOR SOUZA-MDB, GILVAN ALVES-SD E EDNARTE SILVEIRA-MDB - A EQUIPE DE ELETRICISTAS DA SECRETARIA DE OBRAS PELO TRABALHO REALIZADO FRENTE A GERÊNCIA DA PASTA NA GESTÃO. José Edinaldo Duarte (neném) Gerente da Secretaria Municipal de Transportes, Obras Públicas -SEMTOP Antônio Marcos Gomes Cordeiro Assistente de INFRAEST/GNM/AREA Francisco Joseni Lima (Filó) Assistente de INFRAEST/GNM/AREA Francisco Gildacio De Paiva (Soldado) Assistente de INFRAEST/GNM/AREA Jose Cláudio de Oliveira Câmara (Zé Cláudio) Assistente de INFRAEST/GNM/AREA.</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/280/mocao_de_aplausos_e_congratulacoes_wendell_morais_autor_junior_souza_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/280/mocao_de_aplausos_e_congratulacoes_wendell_morais_autor_junior_souza_mdb.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES - AUTOR JUNIOR SOUZA-MDB SUBSCRITA PELO VEREADOR RAILTON DIÓGENES-MDB -  Ao Escritor Apodiense Wendell Morais - Pelos os relevantes serviços prestados à comunidade apodiense e do lançamento do Livro da Biografia e documentário Raimunda Diógenes – A Legionária – Memória e homenagem a catequista e legionária, coluna forte de fé da Igreja Católica Apodiense.</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/281/mocao_de_aplausos_e_congratulacoes_agricultores_autor_laete_oliveira_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/281/mocao_de_aplausos_e_congratulacoes_agricultores_autor_laete_oliveira_mdb.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES - AUTOR LAETE OLIVEIRA-MDB SUBSCRITA PELO VEREADOR RAILTON DIÓGENES-MDB -  Aos agricultores que dedicam seu tempo, esforço e recursos para realizar ações comunitárias em prol do bem-estar e desenvolvimento de nossa comunidade, desempenhando um papel fundamental em nossa sociedade. Vicente Benigno Neto; Antônio Sabino de Lima e Francisco Edivaldo Rêgo Tôrres.</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/282/mocao_de_aplausos_e_congratulacoes_petinha_autor_carlin_de_dandao_psb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/282/mocao_de_aplausos_e_congratulacoes_petinha_autor_carlin_de_dandao_psb.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES - AUTOR CRALINHOS DE DANDÃO – PSB; SUBSCRITA PELO VEREADOR ADAILTON TARGINO-MDB - Ao Sr. JOSÉ GEILSON DE OLIVEIRA (PETINHA) pelo relevante trabalho desempenhado com as crianças e adolescentes do distrito de Soledade, desenvolvendo um trabalho de extrema importância na área de esporte e lazer, melhorando o condicionamento mental e físico dos mesmos.</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/619/mocao_de_aplausos_e_congratulacoes_lanna_rebeca_autor_charton_rego_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/619/mocao_de_aplausos_e_congratulacoes_lanna_rebeca_autor_charton_rego_mdb.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES - AUTOR CHARTON RÊGO - MDB - Á senhorita LANA REBECA CÂMARA NORONHA, estudante do IFRN Campus Apodi pelo Projeto ACESSIBILIDADE DENTRO DE ATIVIDADES AGROPECUÁRIAS. Selecionado entre os 20 melhores projetos do Brasil pela Embaixada dos Estados Unidos e pela AFS Global STEM Academis, pra ser apresentado em Brasília - DF.</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/620/mocao_de_aplausos_e_congratulacoes_jose_eric_da_silva_queiroz_autor_charton_rego_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/620/mocao_de_aplausos_e_congratulacoes_jose_eric_da_silva_queiroz_autor_charton_rego_mdb.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES - AUTOR CHARTON RÊGO - MDB - Ao senhor JOSÉ ERIC DA SILVA QUEIROZ, técnico administrativo em educação do IFRN Campus Apodi e orientador do Projeto ACESSIBILIDADE DENTRO DE ATIVIDADES AGROPECUÁRIAS. Selecionado entre os 20 melhores projetos do Brasil pela Embaixada dos Estados Unidos e pela AFS Global STEM Academis, pra ser apresentado em Brasília - DF.</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/621/mocao_de_aplausos_e_congratulacoes_ana_luiza_targino_autor_charton_rego_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/621/mocao_de_aplausos_e_congratulacoes_ana_luiza_targino_autor_charton_rego_mdb.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES - AUTOR CHARTON RÊGO - MDB - Á Senhorita ANA LUIZA TARGINO BANDEIRA, estudante do IFRN Campus Apodi pelo Projeto ACESSIBILIDADE DENTRO DE ATIVIDADES AGROPECUÁRIAS. Selecionado entre os 20 melhores projetos do Brasil pela Embaixada dos Estados Unidos e pela AFS Global STEM Academis, pra ser apresentado em Brasília - DF.</t>
   </si>
   <si>
     <t>1096</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1096/mocao_de_aplausos_e_congratulacoes_zildete_keila_da_silva_ferreira_autor_adailton_targino_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1096/mocao_de_aplausos_e_congratulacoes_zildete_keila_da_silva_ferreira_autor_adailton_targino_mdb.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES - AUTOR ADAILTON TARGINO - MDB - a Sra. Zildete Keila da Silva Ferreira, pelos relevantes serviços prestados à sociedade apodiense. Keila Ferreira é filha de Luís Ferreira Neto e Zita Maria da Silva Ferreira, é casada com Marcos Gil da Costa Oliveira. Recentemente participou do Curso de Condutor Turístico Local.</t>
   </si>
   <si>
     <t>1097</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1097/mocao_de_aplausos_e_congratulacoes_marcos_gil_da_costa_oliveira_autor_adailton_targino_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1097/mocao_de_aplausos_e_congratulacoes_marcos_gil_da_costa_oliveira_autor_adailton_targino_mdb.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES - AUTOR ADAILTON TARGINO - MDB - ao Sr. Marcos Gil da Costa Oliveira, pelos relevantes serviços prestados à sociedade apodiense. Marcos Gil é filho de Francisco Edimar de Oliveira e Antônia Gidelia da Costa, é casado com Zildete Keila da Silva Ferreira. Recentemente participou do Curso de Condutor Turístico Local.</t>
   </si>
   <si>
     <t>1279</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1279/mocao_de_aplausos_e_congratulacoes_ana_beatriz_autor_charton_rego_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1279/mocao_de_aplausos_e_congratulacoes_ana_beatriz_autor_charton_rego_mdb.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES - AUTOR CHARTON RÊGO - MDB - Á Senhorita ANA BEATRIZ ALVES DE ALMEIDA, estudante do IFRN Campus Apodi pelo Projeto ACESSIBILIDADE DENTRO DE ATIVIDADES AGROPECUÁRIAS. Selecionado entre os 20 melhores projetos do Brasil pela Embaixada dos Estados Unidos e pela AFS Global STEM Academis, pra ser apresentado em Brasília - DF.</t>
   </si>
   <si>
     <t>1280</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1280/mocao_de_aplausos_e_congratulacoes_maria_julia_autor_charton_rego_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1280/mocao_de_aplausos_e_congratulacoes_maria_julia_autor_charton_rego_mdb.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES - AUTOR CHARTON RÊGO - MDB - Á senhorita MARIA JÚLIA SILVEIRA SENA DE MOURA, estudante do IFRN Campus Apodi pelo Projeto ACESSIBILIDADE DENTRO DE ATIVIDADES AGROPECUÁRIAS. Selecionado entre os 20 melhores projetos do Brasil pela Embaixada dos Estados Unidos e pela AFS Global STEM Academis, pra ser apresentado em Brasília - DF.</t>
   </si>
   <si>
     <t>1281</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1281/mocao_de_aplausos_e_congratulacoes_miguel_nunes_autor_adailton_targino_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1281/mocao_de_aplausos_e_congratulacoes_miguel_nunes_autor_adailton_targino_mdb.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES - AUTOR ADAILTON TARGINO - MDB - ao Sr. Miguel Nunes do Rêgo Silva, pelos relevantes serviços prestados à sociedade apodiense. Miguel é filho de Raimundo do Rêgo Amaral e Raimunda Nunes de Oliveira Rêgo, é casado com Regina Miguel da Silva Rêgo. Recentemente participou do Curso de Condutor Turístico Local.</t>
   </si>
   <si>
     <t>1282</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1282/mocao_de_aplausos_e_congratulacoes_isaac_tarcio_autor_adailton_targino_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1282/mocao_de_aplausos_e_congratulacoes_isaac_tarcio_autor_adailton_targino_mdb.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES - AUTOR ADAILTON TARGINO - MDB - ao Sr. Isaac Tarcio Torres, pelos relevantes serviços prestados à sociedade apodiense. Isaac é filho de Maria Ione Torres. É turismólogo, graduado pela UERN. Recentemente participou do Curso de Condutor Turístico Local.</t>
   </si>
   <si>
     <t>1283</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1283/mocao_de_aplausos_e_congratulacoes_lidia_emanuely_autor_adailton_targino_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1283/mocao_de_aplausos_e_congratulacoes_lidia_emanuely_autor_adailton_targino_mdb.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES - AUTOR ADAILTON TARGINO - MDB -a Sra. Lídia Emanuely de Menezes Marinho, pelos relevantes serviços prestados à sociedade apodiense. Lídia é filha de Antônio Almeida Marinho e Maria Souza de Menezes Almeida, é casada Erickson Thiago da Silva Sousa. Recentemente participou do Curso de Condutor Turístico Local.</t>
   </si>
   <si>
     <t>1284</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1284/mocao_de_aplausos_e_congratulacoes_laura_pinto_autor_adailton_targino_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1284/mocao_de_aplausos_e_congratulacoes_laura_pinto_autor_adailton_targino_mdb.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES - AUTOR ADAILTON TARGINO - MDB - a Sra. Laura Pinto de Oliveira, pelos relevantes serviços prestados à sociedade apodiense. Laura é filha Maria Jordania Pinto de Oliveira. Está cursando turismo na UERN. Recentemente participou do Curso de Condutor Turístico Local.</t>
   </si>
   <si>
     <t>1289</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1289/mocao_de_aplausos_e_congratulacoes_banda_grafith_autor_junior_carlos_psb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1289/mocao_de_aplausos_e_congratulacoes_banda_grafith_autor_junior_carlos_psb.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES – AUTOR JÚNIOR CARLOS-PSB -  A BANDA GRAFITH que é um patrimônio dos norte-rio-grandenses, pelos seus 35 anos de história.</t>
   </si>
   <si>
     <t>1444</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1444/mocao_de_aplausos_e_congratulacoes_zacarias_targino_autor_adailton_targino_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1444/mocao_de_aplausos_e_congratulacoes_zacarias_targino_autor_adailton_targino_mdb.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES - AUTOR ADAILTON TARGINO - MDB - Ao Sr. Zacarias Targino de Freitas Neto, pelos relevantes serviços prestados à sociedade apodiense. Zacarias é diretor executivo da FALS, tem grande trabalho desenvolvido junto ao turismo apodiense. Recentemente participou do Curso de Condutor Turístico Local.</t>
   </si>
   <si>
     <t>1522</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1522/mocao_de_apoio_autor_alexandre_bevenuto__20230915_0001.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1522/mocao_de_apoio_autor_alexandre_bevenuto__20230915_0001.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APOIO - AUTOR ALEXANDRE ALVES - SEM PARTIDO - Aos PROFISSIONAIS DA ENFERMAGEM DO MUNICÍPIO DE APODI, que já fizeram tanto pelos os apodienses.</t>
   </si>
   <si>
     <t>1677</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1677/mocao_de_aplausos_e_congratulacoes_joelma_pinto_autor_adailton_20230918_0001.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1677/mocao_de_aplausos_e_congratulacoes_joelma_pinto_autor_adailton_20230918_0001.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES – AUTOR ADAILTON TARGINO-MDB – A Senhora JOELMA PINTO DE SOUSA, pelos relevantes serviços prestados à sociedade apodiense. Graduada em Técnico em Guia de Turismo e Licenciatura Interdisciplinar em educação do campo (LEDOC) e Pedagogia. Recentemente participou do Curso de Condutor Turístico Local.</t>
   </si>
   <si>
     <t>1678</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1678/mocao_de_aplausos_e_congratulacoes_mayara_autor_adailton_20230918_0001.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1678/mocao_de_aplausos_e_congratulacoes_mayara_autor_adailton_20230918_0001.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES – AUTOR ADAILTON TARGINO-MDB – A Senhora MAYARA MORGANIA GURGEL DO ROSÁRIO, pelos relevantes serviços prestados à sociedade apodiense. Licenciada em física pela UERN, contribui a 04 (quatro) anos como diretora de turismo rural e urbano em Apodi. Recentemente participou do Curso de Condutor Turístico Local.</t>
   </si>
   <si>
     <t>1679</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1679/mocao_de_aplausos_e_congratulacoes_hodalissa_autor_adailton_20230918_0001.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1679/mocao_de_aplausos_e_congratulacoes_hodalissa_autor_adailton_20230918_0001.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES – AUTOR ADAILTON TARGINO-MDB – A Senhora HODALISSA CYNARA ALVES DE OLIVEIRA, pelos relevantes serviços prestados à sociedade apodiense. Graduada em Turismo pela UERN, mestranda pelo programa de Pós-Graduação de Geografia – UERN. Recentemente participou do Curso de Condutor Turístico Local.</t>
   </si>
   <si>
     <t>1680</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1680/mocao_de_aplausos_e_congratulacoes_juliana_autor_adailton_20230918_0001.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1680/mocao_de_aplausos_e_congratulacoes_juliana_autor_adailton_20230918_0001.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES – AUTOR ADAILTON TARGINO-MDB – A Senhora MARIA JULIANA JAMILLE BARRA DE SOUZA REBOUÇAS, pelos relevantes serviços prestados à sociedade apodiense. Graduada em Turismo pela UERN, Técnica em Guia de Turismo Regional pelo IFRN, Especialista em Educação Ambiental e Geografia do Semiárido – IFRN, Mestre em Planejamento e Dinâmicas Territoriais no Semiárido – UERN, Especialista em Docência para Educação Profissional e Tecnológica – IFPB.</t>
   </si>
   <si>
     <t>1688</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1688/mocao_de_aplausos_e_congratulacoes_25_presbiteriana_autor_charton_rego_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1688/mocao_de_aplausos_e_congratulacoes_25_presbiteriana_autor_charton_rego_mdb.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES - AUTOR CHARTON RÊGO - MDB - Em louvor aos 25° anos da presença Presbiteriana no Município de Apodi – RN. Aprovada na Sessão Ordinária do dia 19 de setembro de 2023.</t>
   </si>
   <si>
     <t>1720</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1720/mocao_de_aplausos_e_congratulacoes_feira_brasileira_de_iniciacao_cientifica_autor_charton_rego_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1720/mocao_de_aplausos_e_congratulacoes_feira_brasileira_de_iniciacao_cientifica_autor_charton_rego_mdb.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES - AUTOR CHARTON RÊGO - MDB - Á Laís Giovanna Gurgel, Giulia Esther Gurgel, Eleneide Pinto Gurgel e João Batista Gurgel de Freitas Santos. Pela confecção e apresentação da obra "Baleia em Apodi?! Desvendando sua Existência" na FEBIC (Feira Brasileira de Iniciação Cientifica), realizada na cidade de Pomerode - SC.</t>
   </si>
   <si>
     <t>1724</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1724/mocao_de_aplausos_e_congratulacoes_cinthia_raquel_targino_holanda_autor_charton_rego_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1724/mocao_de_aplausos_e_congratulacoes_cinthia_raquel_targino_holanda_autor_charton_rego_mdb.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES - AUTOR ADAILTON TARGINO - MDB - Á Sra. CINTIA RAQUEL TARGINO HOLANDA, pelos relevantes serviços prestados à sociedade Apodiense.</t>
   </si>
   <si>
     <t>1725</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1725/mocao_de_aplausos_e_congratulacoes_atrativo_natural_para_abelhas_autor_charton_rego_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1725/mocao_de_aplausos_e_congratulacoes_atrativo_natural_para_abelhas_autor_charton_rego_mdb.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES - AUTOR CHARTON RÊGO - MDB - Aos cientistas apodienses Kaio Cezar Alves da Cruz - Orientador do Projeto, Felícia Limara Torres Brilhante e Leticia Gabrielly Lucena Matias. Que através do projeto "Atrativo Natural para Abelhas," conquistaram a primeira colocação na XIX Mostra Municipal de Projetos Pedagógicos na Feira Brasileira de iniciação Científica (FEBIC), realizado entre os dias 02 e 06 de outubro de 2023 em Pomerode - SC.</t>
   </si>
   <si>
     <t>1733</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1733/mocao_de_aplausos_e_congratulacoes_cleide_regina_camara_autores_adailton_targino_mdb_e_gilvan_alves_sd.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1733/mocao_de_aplausos_e_congratulacoes_cleide_regina_camara_autores_adailton_targino_mdb_e_gilvan_alves_sd.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES - AUTORES ADAILTON TARGINO - MDB E GILVAN ALVES - SD - Á Sra. CLEIDE REGINA CÂMARA - Gerente da CDL/Apodi por 13(anos) e Consultora do Programa Empreender e ocupa o Cargo de Conselheira CEMEC/RN (Conselho da Mulher Empreendedora e da cultura).</t>
   </si>
   <si>
     <t>1749</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1749/mocao_de_aplausos_e_congratulacoes_paulo_sidney_gomes_silva_autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1749/mocao_de_aplausos_e_congratulacoes_paulo_sidney_gomes_silva_autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES - AUTOR ANDREAZO ALVES - PL - AO SENHOR PAULO SIDNEY GOMES SILVA - PRESIDENTE DO IGARN, PELA INSTALAÇÃO DA NOVA UNIDADE DO INSTITUTO DE GERENCIAMENTO DE ÁGUAS DO RIO GRANDE DO NORTE - IGARN, NA CENTRAL DO CIDADÃO EM APODI.</t>
   </si>
   <si>
     <t>1759</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1759/mocao_de_aplausos_e_congratulacoes_standwithus_brasil_autor_charton_rego_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1759/mocao_de_aplausos_e_congratulacoes_standwithus_brasil_autor_charton_rego_mdb.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRTATULAÇÕES - AUTOR CHARTON RÊGO - MDB - A INSTITUIÇÃO "STANDWITHUS BRASIL" PELOS EXCELENTES SERVIÇOS PRESTADOS AO POVO BRASILEIRO E AO MUNDO, PROMOVENDO CONHECIMENTO SOBRE ISRAEL, CORRIGINDO ASSIM OS PRECONCEITOS, COMBATENDO OS EXTREMISMOS, O ANTISSEMITISMO E PROMOVENDO A PAZ. APROVADA NA SESSÃO ORDINÁRIA DO DIA 26 DE OUTUBRO DE 2023.</t>
   </si>
   <si>
     <t>1760</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1760/mocao_de_aplausos_e_congratulacoes_oeste_sem_filtro_autor_charton_rego_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1760/mocao_de_aplausos_e_congratulacoes_oeste_sem_filtro_autor_charton_rego_mdb.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRTATULAÇÕES - AUTOR CHARTON RÊGO - MDB -AO PROGRAMA "OESTE SEM FILTRO" BEM COMO A EQUIPE DA "REVISTA OESTE," NAS PESSOAS DE AUGUSTO NUNES, PAULA LEAL, SÍLVIO NAVARRO E ANA PAULA HENKEL; PELOS RELEVANTES SERVIÇOS PRESTADOS A SOCIEDADE BRASILEIRA, OFERTANDO A ESTÁ, UM SERVIÇO DE INFORMAÇÕES PAUTADAS NA REALIDADE, CLAREZA E VERDADE, POR MEIO DA PRÁTICA SÉRIA E RESPONSÁVEL DO JORNALISMO. APROVADA NA SESSÃO ORDINÁRIA DO DIA 26 DE OUTUBRO DE 2023.</t>
   </si>
   <si>
     <t>1766</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1766/mocao_de_aplausos_e_congratulacoes_igreja_assembleia_de_deus_apodi_autor_laete_oliveira_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1766/mocao_de_aplausos_e_congratulacoes_igreja_assembleia_de_deus_apodi_autor_laete_oliveira_mdb.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES - AUTOR LAETE OLIVEIRA - MDB - Á Igreja Assembleia de Deus do Município de Apodi pelos 89 anos de dedicação ao evangelismo e serviço social em prol da população e que, ao longo de sua história, tem desempenhado um papel fundamental na promoção de valores, solidariedade e assistência aqueles que mais necessitam.</t>
   </si>
   <si>
     <t>1771</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1771/mocao__de_aplausos_e_congratulacoes_apodi_fustsal_copa_do_brasil_autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1771/mocao__de_aplausos_e_congratulacoes_apodi_fustsal_copa_do_brasil_autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES - AUTOR ANDREAZO ALVES - PL - AO TIME APODI FUTSAL PELO TÍTULO DE VICE-CAMPEÃO DA COPA DO BRASIL 2023.</t>
   </si>
   <si>
     <t>1772</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1772/mocao__de_aplausos_e_congratulacoes_time_feminino_de_futsal_ifrn__autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1772/mocao__de_aplausos_e_congratulacoes_time_feminino_de_futsal_ifrn__autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES - AUTOR ANDREAZO ALVES - PL - AO TIME FEMININO DE FUTSAL DO IFRN CAMPUS APODI PELAS VITORIAS NOS JOGOS DA ETAPA ESTADUAL, NORDESTE E CLASSIFICAÇÃO AOS JOGOS NACIONAIS EM FORTALEZA.</t>
   </si>
   <si>
     <t>1783</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1783/mocao_de_aplausos_e_congratulacoes_agricola_famosa_s_a_autor_charton_rego_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1783/mocao_de_aplausos_e_congratulacoes_agricola_famosa_s_a_autor_charton_rego_mdb.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES - AUTOR CHARTON RÊGO - MDB - Á Agrícola Famosa S/A, nas pessoas de Carlo Porro - CEO Sócio Fundador e Richard August Muller - Diretor Produção; Pelos serviços prestados que corroboram para com o desenvolvimento sócio - Econômico Município"</t>
   </si>
   <si>
     <t>1789</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1789/mocao_de_aplausos_e_congratulacoes_acema_autor_adailton_targino_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1789/mocao_de_aplausos_e_congratulacoes_acema_autor_adailton_targino_mdb.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES - AUTOR ADAILTON TARGINO - MDB - Á ASSOCIAÇÃO COMERCIAL E EMPRESARIAL DE APODI/RN - ACEMA.</t>
   </si>
   <si>
     <t>1791</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1791/mocao_de_aplausos_e_congratulacoes_facuc_10_anos_autor_junior_souza_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1791/mocao_de_aplausos_e_congratulacoes_facuc_10_anos_autor_junior_souza_mdb.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES – AUTOR JUNIOR SOUZA - MDB - A COMISSÃO ORGANIZADORA DA 10ª FEIRA DE ARTE E CULTURA DE CÓRREGO – FACUC, PELA BRILHANTE REALIZAÇÃO DA FEIRA.</t>
   </si>
   <si>
     <t>1792</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1792/mocao_de_aplausos_e_congratulacoes_tcm_6_anos_autor_junior_souza_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1792/mocao_de_aplausos_e_congratulacoes_tcm_6_anos_autor_junior_souza_mdb.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES - AUTOR JUNIOR SOUZA - MDB - TCM TELECOM PELOS 6 ANOS DE ATUAÇÃO NO MUNICIPIO DE APODI-RN.</t>
   </si>
   <si>
     <t>1802</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1802/mocao__de_aplausos_e_congratulacoes_professora_jane_-_mery_nunes__autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1802/mocao__de_aplausos_e_congratulacoes_professora_jane_-_mery_nunes__autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES - AUTOR ANDREAZO ALVES - PL - A PROFESSORA JANE - MERY NUNES DA COSTA LIMA QUE ATUOU COMO PROFESSORA TÉCNICA DO TIME FEMININO DO IFRN CAMPUS APODI, NOS JOGOS DA ETAPA ESTADUAL NORDESTE E CLASSIFICAÇÃO AOS JOGOS NACIONAIS EM FORTALEZA.</t>
   </si>
   <si>
     <t>1805</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1805/mocao_de_aplausos_e_congratulacoes_algodao_autor_adailton_20231123_0001.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1805/mocao_de_aplausos_e_congratulacoes_algodao_autor_adailton_20231123_0001.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES – AUTOR ADAILTON TARGINO- MDB – A IGREJA DE CRISTO NO IMÓVEL ALGODÃO E A TODA SUA LIDERANÇA. APROVADA NA SESSÃO ORDINÁRIA DO DIA 23 DE NOVEMBRO DE 2023. ENCAMINHADO ATRAVÉS DO OFÍCIO N.º 1005/2023/CMA-24/11/2023.</t>
   </si>
   <si>
     <t>1806</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1806/mocao_de_aplausos_e_congratulacoes__autor_charton_rego-_mdb_20231124_0001.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1806/mocao_de_aplausos_e_congratulacoes__autor_charton_rego-_mdb_20231124_0001.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES - AUTOR CHARTON RÊGO - MDB – AO SENHOR JOSÉ DE ALBUQUERQUE RÊGO, DEVIDO AOS RELEVANTES SERVIÇOS PRESTADOS NO MUNICIPIO DE APODI-RN. APROVADA NA SESSÃO ORDINÁRIA DO DIA 23 DE NOVEMBRO DE 2023. ENCAMINHADO ATRAVÉS DO OFÍCIO N.º 1003/2023/CMA-24/11/2023.</t>
   </si>
   <si>
     <t>1819</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1819/mocao__de_aplausos_e_congratulacoes_eliene_bezerra__autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1819/mocao__de_aplausos_e_congratulacoes_eliene_bezerra__autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES - ANDREAZO ALVES – PL; SUBSCRITA PELO VEREADOR ALEXANDRE BEVENUTO-SEM PARTIDO - A ELIENE BEZERRA DO ROSÁRIO VALDEVINO, PELOS RELEVANTES SERVIÇOS PRESTADOS AO DEPARTAMENTO DE MULHERES DA IGREJA DE CRISTO EM APODI-RN. APROVADA NA SESSÃO ORDINÁRIA DO DIA 30 DE NOVEMBRO DE 2023. ENCAMINHADA ATRAVÉS DO OFÍCIO N.º 1016/2023/CMA – 30/11/2023.</t>
   </si>
   <si>
     <t>1820</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1820/mocao__de_aplausos_e_congratulacoes_nicelia__autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1820/mocao__de_aplausos_e_congratulacoes_nicelia__autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES - ANDREAZO ALVES - PL - A NICÉLIA LIMA MORAIS, PELOS RELEVANTES SERVIÇOS EDUCACIONAIS PRESTADOS POR LONGOS ANOS AO DEPARTAMENTO INFANTIL E APOIO AO TRABALHO COM A JUVENTUDE DA IGREJA DE CRISTO EM APODI. APROVADA NA SESSÃO ORDINÁRIA DO DIA 30 DE NOVEMBRO DE 2023. ENCAMINHADA ATRAVÉS DO OFÍCIO N.º 1017/2023/CMA – 30/11/2023.</t>
   </si>
   <si>
     <t>1821</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1821/mocao__de_aplausos_e_congratulacoes_rafael___autor_andreazo_alves_pl.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1821/mocao__de_aplausos_e_congratulacoes_rafael___autor_andreazo_alves_pl.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES - ANDREAZO ALVES - PL - A RAFAEL ARCANJO NETO, PELA EDUCAÇÃO E FORMAÇÃO RELIGIOSA AOS ADOLESCENTES DO DEPARTAMENTO DE ADOLESCENTES DA IGREJA DE CRISTO EM APODI-RN. APROVADA NA SESSÃO ORDINÁRIA DO DIA 30 DE NOVEMBRO DE 2023. ENCAMINHADA ATRAVÉS DO OFÍCIO N.º 1018/2023/CMA – 30/11/2023.</t>
   </si>
   <si>
     <t>1822</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1822/mocao_de_aplausos_e_congratulacoes_professores_luciana_e_tassio__autor_charton_rego-_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1822/mocao_de_aplausos_e_congratulacoes_professores_luciana_e_tassio__autor_charton_rego-_mdb.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES - AUTOR CHARTON RÊGO - MDB - AOS DOCENTES LUCIANA BERTINI E TÁSSIO LESSA QUE EM PARCERIA COM A PROFESSORA MARIA ALEXANDRA RIOS (UFC) E DEMAIS COLABORADORES APROVARAM UM PROJETO NA CHAMADA UNIVERSAL DO CONSELHO NACIONAL DE DESENVOLVIMENTO CIENTIFICO E TECNOLÓGICO (CNPQ) EDITAL CNPQ/MCTI N°10/2023. O PROJETO TEM COMO TÍTULO ''BIOENERGIA E BIOADITIVOS (DROP - IN) COMO OPORTUNIDADE DE VALORIZAÇÃO DE BIOMASSAS RESIDUAIS E AGROINDUSTRIAIS E FORTALECIMENTO DA BIOECONOMIA''. APROVADA NA SESSÃO ORDINÁRIA DO DIA 30 DE NOVEMBRO DE 2023. ENCAMINHADA ATRAVÉS DO OFÍCIO N.º 1019/2023/CMA – 30/11/2023.</t>
   </si>
   <si>
     <t>1825</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1825/mocao_de_aplausos_e_congratulacoes_david_marroque_autor_andr_20231205_0001.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1825/mocao_de_aplausos_e_congratulacoes_david_marroque_autor_andr_20231205_0001.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES - AUTOR ANDREAZO ALVES-PL – AO PR. DAVID MARROQUE TEIXEIRA, PELOS NOTÁVEIS E RELEVANTES SERVIÇOS PRESTADOS À FRENTE DA IGREJA DE CRISTO, GUIANDO-NOS COM SABEDORIA, COMPROMISSO E DEDICAÇÃO.</t>
   </si>
   <si>
     <t>1826</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1826/mocao_de_aplausos_e_congratulacoes_igreja_de_cristo_autor_andr_20231205_0001.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1826/mocao_de_aplausos_e_congratulacoes_igreja_de_cristo_autor_andr_20231205_0001.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES - AUTOR ANDREAZO ALVES-PL – A IGREJA DE CRISTO NO BRASIL PELOS SEUS RELEVANTES SERVIÇOS, SENDO UM FAROL DE FÉ, ESPERANÇA E AMOR, INSPIRANDO E GUIANDO OS CORAÇÕES DAQUELES QUE BUSCAM ORIENTAÇÃO ESPIRITUAL. SEU COMPROMISSO COM A COMPAIXÃO, SERVIÇO E VALORES FUNDAMENTAIS TEM SIDO UMA FONTE DE INSPIRAÇÃO PARA TODOS.</t>
   </si>
   <si>
     <t>1827</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1827/mocao_de_aplausos_e_congratulacoes_keila_autor_andreazo_alves__20231205_0001.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1827/mocao_de_aplausos_e_congratulacoes_keila_autor_andreazo_alves__20231205_0001.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES - AUTOR ANDREAZO ALVES-PL – A SENHORA KEILA SIMÉIA DE MELO TEIXEIRA, POR SUA NOTÁVEL CONTRIBUIÇÃO E COMPROMETIMENTO. SUA HABILIDADE EM COORDENAR DIVERSOS EVENTOS, ALÉM DE PRESTAR ASSISTÊNCIA VALIOSA EM VÁRIOS DEPARTAMENTOS DA IGREJA DE CRISTO EM APODI. DIANTE DO SEU SERVIÇO EXEMPLAR, QUE REFLETE AMOR, DEVOÇÃO E UM COMPROMISSO NOTÁVEL COM A IGREJA.</t>
   </si>
   <si>
     <t>1834</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1834/mocao_de_aplausos_e_congratulacoes_berg_motos_autor_adailton_targino.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1834/mocao_de_aplausos_e_congratulacoes_berg_motos_autor_adailton_targino.pdf</t>
   </si>
   <si>
     <t>160.	MOÇÃO DE APLAUSOS E CONGRATULAÇÕES - AUTOR ADAILTON TARGINO-MDB; SUBSCRITA POR TODOS VEREADORES - AO SENHOR VALDEMBERG FARIAS MORAIS (BERG MOTOS) PELA ORGANIZAÇÃO GRANDE FINAL DO CAMPEONATO ESTADUAL DE MOTOCROSS EM APODI-RN. BERG MOTOS COMO É MAIS CONHECIDO, REALIZA ANUALMENTE O GRANDE EVENTO DE MOTOCROSS, MOVIMENTANDO A ECONOMIA E INCENTIVANDO O ESPORTE NO MUNICÍPIO DE APODI/RN. APROVADA NA SESSÃO ORDINÁRIA DO DIA 7 DE DEZEMBRO DE 2023</t>
   </si>
   <si>
     <t>1838</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1838/mocao_de_aplausos_e_congratulacoes_olinto_potiguar_autor_junior_souza_mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1838/mocao_de_aplausos_e_congratulacoes_olinto_potiguar_autor_junior_souza_mdb.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES – AUTOR JUNIOR SOUZA-MDB – AO SENHOR ANTÔNIO OLINTO FILHO – OLINTO POTIGUAR – PELA BRILHANTE CARREIRA DE CANTOR E COMPOSITOR NO CENÁRIO NACIONAL; E TAMBÉM ENALTECENDO A CIDADE DE APODI-RN SUA TERRA NATAL.</t>
   </si>
   <si>
     <t>1693</t>
   </si>
   <si>
     <t>VETO</t>
   </si>
   <si>
     <t>Veto - Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1693/veto_integral_ao_projeto_de_lei_no_094_2021_poder_executivo_autor_do_projeto_de_lei_vereador_charton_rego-mdb.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1693/veto_integral_ao_projeto_de_lei_no_094_2021_poder_executivo_autor_do_projeto_de_lei_vereador_charton_rego-mdb.pdf</t>
   </si>
   <si>
     <t>VETO INTEGRAL AO PROJETO DE LEI N° 094/2021 - AUTOR PODER EXECUTIVO (AUTOR DO PROJETO DE LEI CHARTON RÊGO - MDB ''Estabelece normas de Apreensão de animais no perímetro urbano; determina critérios para liberação e dá outras providências''.</t>
   </si>
   <si>
     <t>1708</t>
   </si>
   <si>
     <t>REC</t>
   </si>
   <si>
     <t>Recurso</t>
   </si>
   <si>
     <t>ALEXANDRE BEVENUTO, ANDREAZO ALVES, ANGELO DE DAGMAR, CARLINHOS DE DANDÃO, FILIPE GUSTAVO, JÚNIOR CARLOS</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1708/recurso_pedindo_suspensao_do_ato_da_mesa_diretora_n_32_2023__20230929_0001.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1708/recurso_pedindo_suspensao_do_ato_da_mesa_diretora_n_32_2023__20230929_0001.pdf</t>
   </si>
   <si>
     <t>Recurso impetrado pelos Vereadores Ângelo Suassuna-SD, Filipe Gustavo-PL, Carlin de Dandão-PSB, Alexandre Bevenuto-Sem Partido, Andreazo Alves-PL e Junior Carlos-PSB – Onde foi pedido a Suspensão do Ato da Mesa Diretora Nº 032/2023 e Decisão do Presidente em exercício que antecipou a Sessão Ordinária do dia 21 de setembro de 2023.</t>
   </si>
   <si>
     <t>1948</t>
   </si>
   <si>
     <t>CONTA</t>
   </si>
   <si>
     <t>Prestação de Contas do Municipio de Apodi</t>
   </si>
   <si>
-    <t>https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1948/balanco_anual_2022_-_completo_-_poder_executivo.pdf</t>
+    <t>http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1948/balanco_anual_2022_-_completo_-_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PRESTAÇÃO DE CONTAS ANUAIS DE GOVERNO DO MUNICIPIO DE APODI-RN, REFERENTE AO EXERCÍCIO DE 2022. DESPACHADA NA SESSÃO ORDINÁRIA DO DIA 04 DE MAIO DE 2023.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -7114,67 +7114,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/354/projeto_de_lei_n_313_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/353/projeto_de_lei_n_314_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/352/projeto_de_lei_n_315_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/351/projeto_de_lei_n_316_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/350/projeto_de_lei_n_317_2023_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/349/projeto_de_lei_n_318_2023_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/175/projeto_de_lei_n_319_2023_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/348/projeto_de_lei_n_320_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/347/projeto_de_lei_n_321_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/346/projeto_de_lei_n_322_2023_-_autor_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/345/projeto_de_lei_n_323_2023_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/344/projeto_de_lei_n_324_2023_autor_gilvan_alves_sd.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/343/projeto_de_lei_n_325_2023_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/342/projeto_de_lei_n_326_2023_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/341/projeto_de_lei_n_327_2023_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/340/projeto_de_lei_n_328_2023_autor_laete_oliveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/339/projeto_de_lei_n_329_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/338/projeto_de_lei_n_330_2023_autor_railton_diogenes_mdb.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/337/projeto_de_lei_n_331_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/171/projeto_de_lei_n_332_2023_-_autor_laete_oliveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/336/projeto_de_lei_n_333_2023_-_autor_junior_souza_mdb.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/335/projeto_de_lei_n_334_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/334/projeto_de_lei_n_335_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/333/projeto_de_lei_n_336_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/332/projeto_de_lei_n_337_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/331/projeto_de_lei_n_338_2023_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/330/projeto_de_lei_n_339_2023_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/329/projeto_de_lei_n_340_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/328/projeto_de_lei_n_341_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/327/projeto_de_lei_n_342_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/326/projeto_de_lei_n_343_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/325/projeto_de_lei_n_344_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/324/projeto_de_lei_n_345_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/323/projeto_de_lei_n_346_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/322/projeto_de_lei_n_347_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/321/projeto_de_lei_n_348_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/320/projeto_de_lei_n_349_2023_autor_ednarte_silveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/319/projeto_de_lei_n_350_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/318/projeto_de_lei_n_351_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/317/projeto_de_lei_n_352_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/316/projeto_de_lei_n_353_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/315/projeto_de_lei_n_354_2023_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/314/projeto_de_lei_n_355_2023_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/313/projeto_de_lei_n_356_2023_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/179/projeto_de_lei_n_357_2023_autor_charton_rego_mdb_aprovado_20231027_0001.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/312/projeto_de_lei_n_358_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/311/projeto_de_lei_n_359_2023_autor_poder_executivo_20230728_0001.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/310/projeto_de_lei_n_360_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/309/projeto_de_lei_n_361_2023_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/308/projeto_de_lei_n_362_2023_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/182/projeto_de_lei_n_363_2023_-_autor_railton_diogenes_mdb.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/307/projeto_de_lei_n_364_2023_-_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/306/projeto_de_lei_n_365_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/305/projeto_de_lei_366_2023_autor__20230505_0001.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/304/projeto_de_lei_n_367_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/303/projeto_de_lei_n_368_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/302/projeto_de_lei_n_369_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/301/projeto_de_lei_n_370_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/176/projeto_de_lei_n_371_2023_-_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/300/projeto_de_lei_n_372_2023_-_autor_poder_legislativo_complementar.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/177/projeto_de_lei_n_373_2023_-_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/299/projeto_de_lei_n_374_2023_-_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/298/projeto_de_lei_n_375_2023_-_autor_laete_oliveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/297/projeto_de_lei_n_376_2023_autor_charton_rego_mdb_20230517_0001.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/296/projeto_de_lei_n_377_2023_autor_poder_executivo_20230728_0001.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/295/projeto_de_lei_n_378_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/294/projeto_de_lei_n_379_2023_-_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/181/projeto_de_lei_n_380_2023_autor_junior_carlos_oficial_20230824_0001.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/178/projeto_de_lei_n_381_2023_-_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/293/projeto_de_lei_n_382_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/292/projeto_de_lei_n_383_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/291/projeto_de_lei_n_384_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/290/projeto_de_lei_n_385_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/289/projeto_de_lei_n_386_2023_-_autor_laete_oliveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/288/projeto_de_lei_n_387_2023_-_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/183/projeto_de_lei_n_388_2023_-_autor_railton_diogenes_mdb.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/287/projeto_de_lei_n_389_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/286/projeto_de_lei_n_390_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/285/projeto_de_lei_n_391_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/284/projeto_de_lei_n_392_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/283/projeto_de_lei_n_393_2023_-_autor_mesa_diretora_2023_2024.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1/projeto_de_lei_n_394_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/2/projeto_de_lei_n_395_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/3/projeto_de_lei_n_396_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/4/projeto_de_lei_n_397_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/5/projeto_de_lei_n_398_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/6/projeto_de_lei_n_399_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/7/projeto_de_lei_n_400_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/8/projeto_de_lei_n_401_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/9/projeto_de_lei_n_402_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/164/projeto_de_lei_n_403_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/387/projeto_de_lei_n_404_2023_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/388/projeto_de_lei_n_405_2023_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/389/projeto_de_lei_n_406_2023_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/581/projeto_de_lei_n_407_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/582/projeto_de_lei_n_408_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/583/projeto_de_lei_n_409_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/773/projeto_de_lei_n_410_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/774/projeto_de_lei_n_411_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/775/projeto_de_lei_n_412_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/776/projeto_de_lei_n_413_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/777/projeto_de_lei_n_414_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/778/projeto_de_lei_n_415_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/784/projeto_de_lei_n_416_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1088/projeto_de_lei_n_417_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1089/projeto_de_lei_n_418_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1090/projeto_de_lei_n_419_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1100/projeto_de_lei_n_420_2023_-_autor_laete_oliveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1101/projeto_de_lei_n_421_2023_-_autor_laete_oliveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1103/projeto_de_lei_n_422_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1104/projeto_de_lei_n_423_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1356/projeto_de_lei_n_424_2023_autor_poder_executivo_20230904_0001.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1436/projeto_de_lei_n_425_2023_-_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1437/projeto_de_lei_n_426_2023_-_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1438/projeto_de_lei_n_427_2023_-_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1532/projeto_de_lei_n_428_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1533/projeto_de_lei_n_429_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1534/projeto_de_lei_n_430_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1535/projeto_de_lei_n_431_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1536/projeto_de_lei_n_432_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1537/projeto_de_lei_n_433_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1538/projeto_de_lei_n_434_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1539/projeto_de_lei_n_435_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1543/projeto_de_lei_n_436_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1544/projeto_de_lei_n_437_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1545/projeto_de_lei_n_438_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1546/projeto_de_lei_n_439_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1547/projeto_de_lei_n_440_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1548/projeto_de_lei_n_441_2023_-_autor_laete_oliveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1594/projeto_de_lei_n_442_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1595/projeto_de_lei_n_443_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1596/projeto_de_lei_n_444_2023_-_autor_railton_diogenes_mdb.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1676/projeto_de_lei_n_445_2023_autor_laete_oliveira_mdb_20230918_0001.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1681/projeto_de_lei_n_446_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1682/projeto_de_lei_n_447_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1683/projeto_de_lei_n_448_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1684/projeto_de_lei_n_449_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1685/projeto_de_lei_n_450_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1686/projeto_de_lei_n_451_2023_-_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1689/projeto_de_lei_n_452_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1694/projeto_de_lei_n_453_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1699/projeto_de_lei_n_454_2023_-_autor_laete_oliveira-mdb.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1700/projeto_de_lei_n_455_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1701/projeto_de_lei_n_456_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1706/projeto_de_lei_n_457_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1713/projeto_de_lei_n_458_2023_-_loa_2024_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1715/projeto_de_lei_n_459_2023_-_autor_laete_oliveira-mdb.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1716/projeto_de_lei_n_460_2023_-_autor_charton_rego_mdb_nova_redacao_21.11.2023.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1717/projeto_de_lei_n_461_2023_-_autor_charton_rego_mdb_20231004_0001.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1718/projeto_de_lei_n_462_2023_-_autor_charton_rego_mdb_nova_redacao_21.11.2023.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1719/projeto_de_lei_n_463_2023_-_autor_charton_rego_mdb_nova_redacao_21.11.2023.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1722/projeto_de_lei_n_464_2023_-_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1723/projeto_de_lei_n_465_2023_-_autor_charton_rego_mdb_nova_redacao_21.11.2023.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1726/projeto_de_lei_n_466_2023_autor_caninde_junior_mdb_aprovado_20231027_0001.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1732/projeto_de_lei_n_467_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1734/projeto_de_lei_n_468_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1743/projeto_de_lei_n_469_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1744/projeto_de_lei_n_470_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1750/projeto_de_lei_n_471_2023_-_autor_laete_oliveira-mdb.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1751/projeto_de_lei_n_472_2023_-_autor_mesa_diretora_2023-2024_20231027_0001.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1752/projeto_de_lei_n_473_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1753/projeto_de_lei_n_474_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1754/projeto_de_lei_n_475_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1755/projeto_de_lei_n_476_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1756/projeto_de_lei_n_477_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1757/projeto_de_lei_n_478_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1758/projeto_de_lei_n_479_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1762/projeto_de_lei_n_480_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1763/projeto_de_lei_n_481_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1764/projeto_de_lei_n_482_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1765/projeto_de_lei_n_483_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1768/projeto_de_lei_n_484_2023_-_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1769/projeto_de_lei_n_485_2023_-_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1787/projeto_de_lei_n_486_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1790/projeto_de_lei_n_487_2023_-_autor_costinha_mdb.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1794/projeto_de_lei_n_488_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1795/projeto_de_lei_n_489_2023_-_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1796/projeto_de_lei_n_490_2023_-_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1797/projeto_de_lei_n_491_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1807/projeto_de_lei_n_492_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1809/projeto_de_lei_n_493_2023_-_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1810/projeto_de_lei_n_494_2023_-_autor_gilvan_alves_sd_20231128_0001.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1811/projeto_de_lei_n_495_2023_-_autor_poder_executivo_20231128_0001.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1812/projeto_de_lei_n_496_2023_autor_poder_executivo_20231128_0001.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1813/projeto_de_lei_n_497_2023_autor_poder_executivo_20231128_0001.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1814/projeto_de_lei_n_498_2023_autor_poder_legislativo_20231128_0001.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1815/projeto_de_lei_n_499_2023_autor_poder_executivo_20231129_0001.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1823/projeto_de_lei_n_500_2023_-_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1824/projeto_de_lei_n_501_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1832/projeto_de_lei_n_502_2023_autor_poder_executivo_20231206_0001.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1833/projeto_de_lei_n_503_2023_autor_poder_executivo_20231211_0001.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1835/projeto_de_lei_n_504_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1836/projeto_de_lei_n_505_2023_-_autor_mesa_diretora_aprovado_20231218_0001.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1837/projeto_de_lei_n_506_2023_-_autor_laete_oliveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1844/projeto_de_lei_n_507_2023_autor_poder_executivo_20240108_0001.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/87/projeto_de_decreto_legislativo_n_041_2023_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/88/projeto_de_decreto_legislativo_n_042_2023_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/89/projeto_de_decreto_legislativo_n_043_2023_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/90/projeto_de_decreto_legislativo_n_044_2023_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/91/projeto_de_decreto_legislativo_n_045_2022_autor_junior_souza_mdb.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/92/projeto_de_decreto_legislativo_n_046_2022_autor_junior_souza_mdb.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/93/projeto_de_decreto_legislativo_n_047_2022_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/94/projeto_de_decreto_legislativo_n_048_2022_autor_junior_souza_mdb.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/95/projeto_de_decreto_legislativo_n_049_2022_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/96/projeto_de_decreto_legislativo_n_050_2023_autor_angelo_suassuna_sd.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/779/projeto_de_decreto_legislativo_n_051_2023_autor_carlin_de_dandao_psb.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1709/projeto_de_decreto_legislativo_n_052_2023_autor_angelo_suassuna_sd.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1830/projeto_de_decreto_legislativo_n_053_2023_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1831/decreto_legislativo_n_054_2023__autor_laete_oliveira-mdb__20231206_0001.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1843/projeto_de_decreto_legislativo_n_055_2023_autor_comissao_de_financas_e_orcamento.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/97/projeto_de_resolucao_n_049_2023_autor_alexandre_bevenuto_-_sem_partido.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/98/projeto_de_resolucao_n_050_2023_autor_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/99/projeto_de_resolucao_n_051_2023_autor_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/100/projeto_de_resolucao_n_052_2023_-_autores_diversos_20230721_0001.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/101/projeto_de_resolucao_n_053_2023_-_autor_adailton_targino_mdb_20230721_0001.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/102/projeto_de_resolucao_n_054_2023_autor_carlin_de_dandao_psb_20230721_0001.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/103/projeto_de_resolucao_n_055_2023_autor_ednarte_silveira_mdb_20230721_0001.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/104/projeto_de_resolucao_n_056_2022_autor_angelo_suassuna_ssd.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1793/projeto_de_resolucao_n_057_2023_autor_laete_nova_redacao_20241114_0001.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1839/projeto_de_resolucao_n_058_2023_autor_mesa_diretora_2023-2024.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1842/projeto_de_resolucao_n_059_2023_autor_mesa_diretora_2023-2024.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/10/indicacao_n_603_2023_autor_gilvan_alves_ssd.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/11/indicacao_n_604_2023_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/12/indicacao_n_605_2023_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/13/indicacao_n_606_2023_autor_gilvan_alves_ssd.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/14/indicacao_n_607_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/15/indicacao_n_608_2023_autores_alexandre_junior_carlos_e_carlin_de_dandao.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/16/indicacao_n_609_2023_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/17/indicacao_n_610_2023_autores_adailton_targino-mdb_e_carlin_de_dandao-psb.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/18/indicacao_n_611_2023_autor_laete_oliveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/19/indicacao_n_612_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/20/indicacao_n_613_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/21/indicacao_n_614_2023_autor_adailton_targino-mdb.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/22/indicacao_n_615_2023_autor_adailton_targino-mdb.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/23/indicacao_n_615_2023_autor_adailton_targino-mdb.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/24/indicacao_n_617_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/25/indicacao_n_618__2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/26/indicacao_n_619__2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/27/indicacao_n_620__2023_autor_railton_alves_mdb.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/28/indicacao_n_621__2023_autor_railton_alves_mdb.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/29/indicacao_n_622__2023_autor_junior_carlos_psb.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/30/indicacao_n_623__2023_autor_gilvan_alves_ssd.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/31/indicacao_n_624__2023_autor_gilvan_alves_ssd.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/32/indicacao_n_625__2023_autor_ednarte_mdb.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/33/indicacao_n_626__2023_autor_laete_oliveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/34/indicacao_n_627__2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/35/indicacao_n_728_2023_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/36/indicacao_n_629__2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/37/indicacao_n_630_2023_autor_adailton_targino-mdb.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/38/oficio_n_631_2023_autor_carlin_de_dandao_psb_20230720_0001.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/39/indicacao_n_632_2023_autor_carlin_de_dandao_psb.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/40/indicacao_n_633_2023_autor_adailton_targino-mdb.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/41/indicacao_n_634_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/42/indicacao_n_635_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/43/indicacao_n_636_2023_autor_unior_carlos_psb.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/44/indicacao_n_637_2023_autor_railton_diogenes_mdb.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/45/indicacao_n_638_2023_autor_railton_diogenes_mdb.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/46/indicacao_n_639_2023_autor_railton_diogenes_mdb.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/47/indicacao_n_640_2023_autor_railton_diogenes_mdb.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/48/indicacao_n_641_2023_autor_angelo_de_dagmar_ssd.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/49/indicacao_n_642_2023_autor_filipe_gus.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/126/indicacao_n_643_2023_autor_carlin_de_dandao_psb.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/127/indicacao_n_644_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/128/indicacao_n_645_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/129/indicacao_n_646_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/130/indicacao_n_647_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/131/indicacao_n_648_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/132/indicacao_n_649_2023_autor_carlin_de_dandao_psb.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/133/indicacao_n_650_2023_autor_carlin_de_dandao_psb.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/134/indicacao_n_651_2023_autor_carlin_de_dandao_psb.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/135/indicacao_n_652_2023_autor_carlin_de_dandao_psb.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/136/indicacao_n_643_2023_autor_carlin_de_dandao_psb.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/137/indicacao_n_654_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/138/indicacao_n_655_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/139/indicacao_n_656_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/140/indicacao_n_657_2023_autor_adailton_targino-mdb.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/141/indicacao_n_658_2023_autor_filipe_gustavo_pl.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/142/indicacao_n_659__2023_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/143/indicacao_n_660__2023_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/144/indicacao_n_661_2023_autor_filipe_gustavo_pl.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/145/indicacao_n_662_2023_autor_junior_carlos_psb.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/146/indicacao_n_663_2023_autor_junior_carlos_psb.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/147/indicacao_n_640_2023_autor_junior_carlos_psb__20230725_0001.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/148/indicacao_n_665_2023_autor_junior_carlos_psb.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/149/indicacao_n_666_2023_autor_junior_souza_mdb.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/150/indicacao_n_667__2023_autor_laete_oliveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/151/indicacao_n_868_2024_autor_wellington_cristino_pp_20240611_0001.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/152/indicacao_n_669__2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/153/indicacao_n_670__2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/154/indicacao_n_671__2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/155/indicacao_n_672__2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/156/indicacao_n_673_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/157/indicacao_n_674_2023_autor_marcos_diogenes_mdb.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/158/indicacao_n_675_2023_autor_marcos_diogenes_mdb.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/159/indicacao_n_676_2023_autor_marcos_diogenes_mdb.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/160/indicacao_n_677_2023_autor_junior_carlos_psb.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/162/indicacao_n_679_2023_autor_laete_oliveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/163/indicacao_n_680_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/189/indicacao_n_681_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/190/indicacao_n_682_2023_autor_junior_carlos_psb.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/191/indicacao_n_683_2023_autor_junior_carlos_psb.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/192/indicacao_n_684_2023_autor_junior_carlos_psb.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/193/indicacao_n_685_2023_autor_adailton_targino_mdb_20230503_0001.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/194/indicacao_n_686_2023_autor_ednarte_silveira_mdb_20230503_0001.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/195/indicacao_n_687_2023_autor_ednarte_silveira_mdb_20230503_0001.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/196/indicacao_n_688_2023_autor_andreazo_alves_pl_20230503_0001.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/197/indicacao_n_689_2023_autor_andreazo_alves_pl_20230503_0001.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/198/indicacao_n_690_2023_autor_andreazo_alves_pl_20230503_0001.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/199/indicacao_n_691_2023_autor_adailton_targino_mdb_20230503_0001.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/200/indicacao_n_692_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/201/indicacao_n_693_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/202/indicacao_n_694_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/203/indicacao_n_695_2023_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/204/indicacao_n_696_2023_autor_ednarte_silveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/205/indicacao_n_697_2023_autor_laete_oliveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/206/indicacao_n_698_2023_autor_laete_oliveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/207/indicacao_n_699_2023_autor_laete_oliveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/208/indicacao_n_700_2023_autor_laete_oliveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/209/indicacao_n_701_2023_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/210/indicacao_n_702_2023_autor_railton_diogenes_mdb.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/211/indicacao_n_703_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/212/indicacao_n_704_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/213/indicacao_n_705_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/214/indicacao_n_706_2023_autor_gilvan_alves_ssd.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/215/indicacao_n_707_2023_autor_gilvan_alves_ssd.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/216/indicacao_n_708_2023_autor_gilvan_alves_ssd.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/217/indicacao_n_709_2023_autor_gilvan_alves_ssd.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/218/indicacao_n_710_2023_autor_ednarte_silveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/219/indicacao_n_711_2023_autor_laete_oliveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/220/indicacao_n_712_2023_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/221/indicacao_n_713_2023_autor_laete_oliveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/222/indicacao_n_714_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/223/indicacao_n_715_2023_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/224/indicacao_n_716_2023_autor_carlos_alexandre_-_sem_partido.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/225/indicacao_n_717_2023_autor_ednarte_silveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/226/indicacao_n_718_2023_autor_filipe_gustavo_pl.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/227/indicacao_n_719_2023_autor_carlin_de_dandao_psb.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/228/indicacao_n_720_2023_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/229/indicacao_n_721_2023_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/230/indicacao_n_722_2023_autor_filipe_gustavo_pl.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/231/indicacao_n_723_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/232/indicacao_n_724_2023_autor_carlin_de_dandao_psb.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/233/indicacao_n_725_2023_autor_carlin_de_dandao_psb.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/234/indicacao_n_726_2023_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/235/indicacao_n_727_2023_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/236/indicacao_n_728_2023_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/237/indicacao_n_729_2023_autor_carlin_de_dandao_psb.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/238/indicacao_n_730_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/239/indicacao_n_731_2023_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/240/indicacao_n_732_2023_autor_filipe_gustavo_pl.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/241/indicacao_n_733_2023_autor_laete_oliveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/242/indicacao_n_734_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/243/indicacao_n_735_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/244/indicacao_n_736_2023_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/245/indicacao_n_737_2023_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/246/indicacao_n_738_2023_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/247/indicacao_n_739_2023_autor_gilvan_alves_sd.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/248/indicacao_n_741_2023_autor_gilvan_alves_sd.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/249/indicacao_n_741_2023_autor_gilvan_alves_sd.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/250/indicacao_n_742_2023_autor_junior_souza_mdb.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/251/indicacao_n_743_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/252/indicacao_n_744_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/253/indicacao_n_745_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/254/indicacao_n_746_2023_autor_ednarte_silveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/255/indicacao_n_747_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/604/indicacao_n_749_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/793/indicacao_n_750_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/794/indicacao_n_751_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/795/indicacao_n_752_2023_autor_junior_carlos_psb.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1091/indicacao_n_753_2023_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1092/indicacao_n_754_2023_autor_railton_diogenes_mdb.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1093/indicacao_n_755_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1094/indicacao_n_756_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1095/indicacao_n_757_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1105/indicacao_n_758_2022_autor_gilvan_alves_sd.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1106/indicacao_n_759_2022_autor_ednarte_silveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1107/indicacao_n_760_2022_autor_ednarte_silveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1108/indicacao_n_761_2022_autor_ednarte_silveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1285/indicacao_n_762_2023_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1286/indicacao_n_763_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1287/indicacao_n_764_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1288/indicacao_n_765_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1319/indicacao_n_766_2023_autor_ednarte_silveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1320/indicacao_n_767_2023_autor_ednarte_silveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1321/indicacao_n_768_2023_autor_junior_carlos_psb.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1439/indicacao_n_769_2023_autor_ednarte_silveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1440/indicacao_n_770_2023_autor_ednarte_silveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1441/indicacao_n_771_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1442/indicacao_n_772_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1443/indicacao_n_773_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1519/indicacao_n_774_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1520/indicacao_n_775_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1521/indicacao_n_776_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1542/indicacao_n_777__2023__autor_junior_carlos_psb.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1697/indicacao_n_778_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1698/indicacao_n_779_2023_autor_angelo_suassuna_sd.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1703/indicacao_n_780_2023_autor_carlin_de_dandao_psb.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1704/indicacao_n_781_2023_autor_carlin_de_dandao_psb.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1705/indicacao_n_782_2023_autor_carlin_de_dandao_psb.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1710/indicacao_n_783_2023_autor_laete_oliveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1714/indicacao_n_784_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1728/indicacao_n_785_2023_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1729/indicacao_n_786_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1730/indicacao_n_787_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1731/indicacao_n_788_2023_autor_gilvan_alves_sd.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1737/indicacao_n_789_2023_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1738/indicacao_n_790_2023_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1739/indicacao_n_791_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1741/indicacao_n_792_2023_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1745/indicacao_n_793_2023_autor_laete_oliveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1746/indicacao_n_794_2023_autor_carlin_de_dandao_psb.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1747/indicacao_n_795_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1748/indicacao_n_796_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1767/indicacao_n_797_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1773/indicacao_n_798_2023_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1774/indicacao_n_799_2023_autor_filipe_gustavo_pl.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1775/indicacao_n_800_2023_autor_filipe_gustavo_pl.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1776/indicacao_n_801_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1777/indicacao_n_802_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1778/indicacao_n_803_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1779/indicacao_n_804_2023_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1780/indicacao_n_805_2023_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1781/indicacao_n_806_2023_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1782/indicacao_n_807_2023_autor_carlin_de_dandao_psb.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1784/indicacao_n_808_2023_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1785/indicacao_n_809_2023_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1786/indicacao_n_810_2023_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1788/indicacao_n_811_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1800/indicacao_n_812_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1801/indicacao_n_813_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1808/indicacao_n_814_2023_-_autor_charton_rego_mdb_20231123_0002.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1816/indicacao_n_815_2023_autor_carlin_de_dandao_psb_20231129_0001.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1817/indicacao_n_816_2023_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1818/indicacao_n_817_2023_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1828/indicacao_n_818_2023_autor_laete_oliveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1829/indicacao_n_819_2023_autor_laete_oliveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/50/requerimento_n_146_2022_autor_andreazo_alves_-_pl.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/51/requerimento_n_147_2022_autores_alexandre_junior_carlos_e_carlin_de_dandao.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/52/requerimento_n_148_2022_autores_alexandre_junior_carlos_e_carlin_de_dandao.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/53/requerimento_n_149_2023_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/54/requerimento_n_150_2023_autor_andreazo_alves_-_pl.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/55/requerimento_n_151_2023_autor_alexandre_bevenuto_sem_partido.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/56/requerimento_n_152_2023_autor_alexandre_bevenuto_sem_partido.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/57/requerimento_n_153_2023_autor_poder_legislativo.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/58/requerimento_n_154_2023_autor_railton_diogenes_mdb_subscrito_angelo-ssd_e_carlin_de_dandao-psb.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/59/requerimento_n_155_2023_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/60/requerimento_n_156_2023_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/61/requerimento_n_157_2023_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/62/requerimento_n_158_2023_autor_alexandre_bevenuto_sem_partido.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/63/requerimento_n_159_2023_autor_filipe_gustavo_pl.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/64/requerimento_n_160_2023_autor_alexandre_bevenuto_sem_partido.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/65/requerimento_n_161_2023_autor_alexandre_bevenuto_sem_partido.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/66/requerimento_n_162_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/67/requerimento_n_163_2023_autor_junior_carlos_psb.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/68/requerimento_n_162_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/69/requerimento_n_165_2023_autor_alexandre_bevenuto_sem_partido.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/70/requerimento_n_166_2023_autor_gilvan_alves_ssd.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/71/requerimento_n_167_2023_autor_alexandre_bevenuto_sem_partido.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/72/requerimento_n_168_2023_autor_alexandre_bevenuto_sem_partido.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/73/requerimento_n_169_2023_autor_junior_carlos_psb.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/74/requerimento_n_170_2023_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/75/requerimento_n_171_2023_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/76/requerimento_n_172_2023_autor_junior_carlos_psb.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/77/requerimento_n_173_2023_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/78/requerimento_n_174_2023_autor_alexandre_bevenuto_sem_partido.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/79/requerimento_n_175_2023_autor_alexandre_bevenuto_sem_partido.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/80/requerimento_n_176_2023_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/81/requerimento_n_177_2023_autor_marcos_almeida_mdb.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/82/requerimento_n_178_2023_autor_alexandre_bevenuto_sem_partido.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/83/requerimento_n_179_2023_autor_frente_parlamentar_da_agricultura_familiar_da_pesca_e_do_esporte_amador.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/84/requerimento_n_180_2023_autor_carlin_de_dandao_psb.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/85/requerimento_n_181_2023_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/86/requerimento_n_182_2023_autor_alexandre_bevenuto_sem_partido.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/622/requerimento_n_183_2023_autor_laete_oliveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/685/requerimento_n_184_2023_autor_junior_carlos_psb.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/686/requerimento_n_185_2023_autor_junior_carlos_psb.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/687/requerimento_n_186_2023_autor_junior_carlos_psb.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/791/requerimento_n_187_2023_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/792/requerimento_n_188_2023_autor_junior_carlos_psb.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/835/requerimento_n_189_2023_autor_laete_oliveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1098/requerimento_n_190_2023_autor_angelo_suassuna_sd.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1099/requerimento_n_191_2023_autor_laete_oliveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1278/requerimento_n_192_2023_autor_angelo_suassuna_sd.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1357/requerimento_n_193_2023_-_licenca_do_cargo_de_vereador_20230831_0001.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1540/requerimento_n_194_2023_autor_alexandre_bevenuto_sem_partido.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1541/requerimento_n_195_2023_autor_vereadores_da_oposicao.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1687/requerimento_n_196_2023_autor_railton_diogenes_mdb.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1695/requerimento_n_197_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1696/requerimento_n_198_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1707/requerimento_n_199_2023_autor_gilvan_alves_sd.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1721/requerimento_n_200_2023_autor_poder_legislativo.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1727/requerimento_n_201_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1735/requerimento_n_202_2023_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1736/requerimento_n_203_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1742/requerimento_n_204_2023_autor_gilvan_alves_sd.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1770/requerimento_n_205_2023_autor_alexandre_bevenuto_sem_partido.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1798/requerimento_n_206_2023_autor_alexandre_bevenuto_sem_partido.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1799/requerimento_n_207_2023_autor_laete_oliveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1803/requerimento_n_208_2023_-_autor_poder_legislativo_20231123_0001.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/105/mocao_de_pesar_maurilio_contador_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/106/mocao_de_pesar_deusdeth_albuquerque_autor_junior_souza_mdb.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/107/mocao_de_pesar_jose_hilario_costa_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/108/mocao_de_pesar_moises_oliveira_freire_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/109/mocao_de_pesar_alcineide_maria_da_costa_autor_gilvan_alves_ssd.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/110/mocao_de_pesar_moises_oliveira_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/111/mocao_de_pesar_ze_de_trincha_autor_alexandre_bevenuto_sem_partido.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/112/mocao_de_pesar_gorete_do_carmo_autor_alexandre_bevenuto_sem_partido.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/113/mocao_de_pesar_ze_eduardo_autor_alexandre_bevenuto_sem_partido.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/114/mocao_de_pesar_lenice_autor_alexandre_bevenuto_sem_partido.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/115/mocao_de_pesar_sebastiao_paiva_autor_gilvan_alves_ssd.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/116/mocao_de_pesar_rita_de_cassia_regis_rego_autor_junior_souza_mdb.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/117/mocao_de_francisca_targino_de_oliveira_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/118/mocao_de_pesar_luzimar_sena_autor_poder_legislativo.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/119/mocao_de_pesar_sebastiao_augusto_autor_ednarte_silveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/120/mocao_de_pesar_maria_elza_silveira_de_souza_autor_ednarte_silveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/121/mocao_de_pesar_alcigere_izaque_targino_da_costa_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/122/mocao_de_pesar_joao_de_deus_de_oliveira_autor_ednarte_silveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/123/mocao_de_pesar_lucas_gomes_pinto_autor_ednarte_silveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/653/mocao_de_pesar_messon_autor_gilvan_alves_ssd.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/684/mocao_de_pesar_maria_antonia_da_conceicao_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/688/mocao_de_pesar_maria_de_lourdes_gama_autores_gilvan_alves_ssd_e_filipe_gustavo-pl.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/689/mocao_de_pesar_raimundo_marcelino_de_carvalho_autor_ednarte_silveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/780/mocao_de_pesar_layrton_de_lima_soares_autor_ednarte_silveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/836/mocao_de_pesar_maria_da_salete_costa_e_silva_pacci_autor_carlin_de_dandao_psb.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/837/mocao_de_pesar_luis_alves_de_castro_autor_angelo_suassuna_sd.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1139/mocao_de_pesar_gilson_leite_de_oliveira_autor_poder_legislativo.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1322/mocao_de_pesar_laercio__marinho_autor_poder_legislativo__20230901_0001.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1323/mocao_de_pesar_zenilson_marinho_autor_poder_legislativo__20230901_0001.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1324/mocao_de_pesar_ronaldo_fernandes_de_oliveira_autor_alexandre_bevenuto.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1702/mocao_de_pesar_apolonio_germano_autor_poder_legislativo.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1711/mocao_de_pesar_tio_dequinha_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1712/mocao_de_pesar_antonio_kleiber_viana_de_morais_autor_gilvan_alves_ssd.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1740/mocao_de_pesar_vaci_autor_caninde_torres_mdb.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1761/mocao_de_pesar_joana_moreira_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1804/mocao_de_pesar_-_autor_filipe_gustavo_pl_20231123_0001.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/124/mocao_de_aplausos_e_congratulacoes_apodi_futsal_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/125/mocao_de_aplausos_e_congratulacoes_parreira_e_sda_autor_carlos_alexandre_-sem_pardio.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/256/mocao_de_aplausos_e_congratulacoes_parreira_e_sda_autor_adailton-mdb.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/257/mocao_de_aplausos_e_congratulacoes_humberto_bandeira_filho_autor_filipe_gustavo_pl.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/258/mocao_de_aplausos_e_congratulacoes_elison_mayard_autor_filipe_gustavo_pl.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/259/mocao_de_aplausos_e_congratulacoes_demolay_20230310_0001.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/260/mocao_de_aplausos_e_congratulacoes_mulheres_destques_autor_poder_legislativo.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/261/mocao_de_aplausos_e_congratulacoes_mulheres_empreendedoras_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/262/mocao_de_aplausos_e_congratulacoes_lourdes_bezerra_autor_junior_souza_mdb.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/263/mocao_de_aplausos_e_congratulacoes_antonio_oliveira_de_morais_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/264/mocao_de_aplausos_e_congratulacoes_francisco_elmo_alves_torres_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/265/mocao_de_aplausos_e_congratulacoes_gessione_morais_da_silva_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/266/mocao_de_aplausos_e_congratulacoes_francisco_de_assis_marinho_morais_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/267/mocao_de_aplausos_e_congratulacoes_maria_auxiliadora_da_silva_maia_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/268/mocao_de_aplausos_e_congratulacoes_uniao_dos_mecanicos_de_apodi_autor_comissao_de_defesa_do_meio_ambiente.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/269/mocao_de_aplausos_e_congratulacoes_5o_trilhao_da_areia_autor_marcos_diogenes_mdb.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/270/mocao_de_aplausos_e_congratulacoes_keiber_roberto_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/271/mocao_de_aplausos_e_congratulacoes_maria_das_gracas_charton_re_20230512_0001.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/272/mocao_de_aplausos_e_congratulacoes_joelma_sena_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/273/mocao_de_aplausos_e_congratulacoes_time_futsal_apodi_autor_railton_diogenes_mdb.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/274/mocao_de_aplausos_e_congratulacoes_jovens_humorista_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/275/mocao_de_aplausos_e_congratulacoes_keike_rosalina_autor_laete_oliveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/276/mocao_de_aplausos_e_congratulacoes_funcionarios_da_assistencia_social_autor_laete_oliveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/277/mocao_de_aplausos_e_congratulacoes_walceli_marinho_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/278/mocao_de_aplausos_e_congratulacoes_kenedy_e_pedro_henrique_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/279/mocao_de_aplausos_e_congratulacoes_eletricistas_autor_laete_oliveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/280/mocao_de_aplausos_e_congratulacoes_wendell_morais_autor_junior_souza_mdb.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/281/mocao_de_aplausos_e_congratulacoes_agricultores_autor_laete_oliveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/282/mocao_de_aplausos_e_congratulacoes_petinha_autor_carlin_de_dandao_psb.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/619/mocao_de_aplausos_e_congratulacoes_lanna_rebeca_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/620/mocao_de_aplausos_e_congratulacoes_jose_eric_da_silva_queiroz_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/621/mocao_de_aplausos_e_congratulacoes_ana_luiza_targino_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1096/mocao_de_aplausos_e_congratulacoes_zildete_keila_da_silva_ferreira_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1097/mocao_de_aplausos_e_congratulacoes_marcos_gil_da_costa_oliveira_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1279/mocao_de_aplausos_e_congratulacoes_ana_beatriz_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1280/mocao_de_aplausos_e_congratulacoes_maria_julia_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1281/mocao_de_aplausos_e_congratulacoes_miguel_nunes_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1282/mocao_de_aplausos_e_congratulacoes_isaac_tarcio_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1283/mocao_de_aplausos_e_congratulacoes_lidia_emanuely_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1284/mocao_de_aplausos_e_congratulacoes_laura_pinto_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1289/mocao_de_aplausos_e_congratulacoes_banda_grafith_autor_junior_carlos_psb.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1444/mocao_de_aplausos_e_congratulacoes_zacarias_targino_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1522/mocao_de_apoio_autor_alexandre_bevenuto__20230915_0001.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1677/mocao_de_aplausos_e_congratulacoes_joelma_pinto_autor_adailton_20230918_0001.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1678/mocao_de_aplausos_e_congratulacoes_mayara_autor_adailton_20230918_0001.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1679/mocao_de_aplausos_e_congratulacoes_hodalissa_autor_adailton_20230918_0001.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1680/mocao_de_aplausos_e_congratulacoes_juliana_autor_adailton_20230918_0001.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1688/mocao_de_aplausos_e_congratulacoes_25_presbiteriana_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1720/mocao_de_aplausos_e_congratulacoes_feira_brasileira_de_iniciacao_cientifica_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1724/mocao_de_aplausos_e_congratulacoes_cinthia_raquel_targino_holanda_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1725/mocao_de_aplausos_e_congratulacoes_atrativo_natural_para_abelhas_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1733/mocao_de_aplausos_e_congratulacoes_cleide_regina_camara_autores_adailton_targino_mdb_e_gilvan_alves_sd.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1749/mocao_de_aplausos_e_congratulacoes_paulo_sidney_gomes_silva_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1759/mocao_de_aplausos_e_congratulacoes_standwithus_brasil_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1760/mocao_de_aplausos_e_congratulacoes_oeste_sem_filtro_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1766/mocao_de_aplausos_e_congratulacoes_igreja_assembleia_de_deus_apodi_autor_laete_oliveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1771/mocao__de_aplausos_e_congratulacoes_apodi_fustsal_copa_do_brasil_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1772/mocao__de_aplausos_e_congratulacoes_time_feminino_de_futsal_ifrn__autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1783/mocao_de_aplausos_e_congratulacoes_agricola_famosa_s_a_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1789/mocao_de_aplausos_e_congratulacoes_acema_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1791/mocao_de_aplausos_e_congratulacoes_facuc_10_anos_autor_junior_souza_mdb.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1792/mocao_de_aplausos_e_congratulacoes_tcm_6_anos_autor_junior_souza_mdb.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1802/mocao__de_aplausos_e_congratulacoes_professora_jane_-_mery_nunes__autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1805/mocao_de_aplausos_e_congratulacoes_algodao_autor_adailton_20231123_0001.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1806/mocao_de_aplausos_e_congratulacoes__autor_charton_rego-_mdb_20231124_0001.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1819/mocao__de_aplausos_e_congratulacoes_eliene_bezerra__autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1820/mocao__de_aplausos_e_congratulacoes_nicelia__autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1821/mocao__de_aplausos_e_congratulacoes_rafael___autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1822/mocao_de_aplausos_e_congratulacoes_professores_luciana_e_tassio__autor_charton_rego-_mdb.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1825/mocao_de_aplausos_e_congratulacoes_david_marroque_autor_andr_20231205_0001.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1826/mocao_de_aplausos_e_congratulacoes_igreja_de_cristo_autor_andr_20231205_0001.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1827/mocao_de_aplausos_e_congratulacoes_keila_autor_andreazo_alves__20231205_0001.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1834/mocao_de_aplausos_e_congratulacoes_berg_motos_autor_adailton_targino.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1838/mocao_de_aplausos_e_congratulacoes_olinto_potiguar_autor_junior_souza_mdb.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1693/veto_integral_ao_projeto_de_lei_no_094_2021_poder_executivo_autor_do_projeto_de_lei_vereador_charton_rego-mdb.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1708/recurso_pedindo_suspensao_do_ato_da_mesa_diretora_n_32_2023__20230929_0001.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1948/balanco_anual_2022_-_completo_-_poder_executivo.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/354/projeto_de_lei_n_313_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/353/projeto_de_lei_n_314_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/352/projeto_de_lei_n_315_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/351/projeto_de_lei_n_316_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/350/projeto_de_lei_n_317_2023_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/349/projeto_de_lei_n_318_2023_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/175/projeto_de_lei_n_319_2023_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/348/projeto_de_lei_n_320_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/347/projeto_de_lei_n_321_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/346/projeto_de_lei_n_322_2023_-_autor_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/345/projeto_de_lei_n_323_2023_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/344/projeto_de_lei_n_324_2023_autor_gilvan_alves_sd.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/343/projeto_de_lei_n_325_2023_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/342/projeto_de_lei_n_326_2023_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/341/projeto_de_lei_n_327_2023_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/340/projeto_de_lei_n_328_2023_autor_laete_oliveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/339/projeto_de_lei_n_329_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/338/projeto_de_lei_n_330_2023_autor_railton_diogenes_mdb.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/337/projeto_de_lei_n_331_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/171/projeto_de_lei_n_332_2023_-_autor_laete_oliveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/336/projeto_de_lei_n_333_2023_-_autor_junior_souza_mdb.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/335/projeto_de_lei_n_334_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/334/projeto_de_lei_n_335_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/333/projeto_de_lei_n_336_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/332/projeto_de_lei_n_337_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/331/projeto_de_lei_n_338_2023_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/330/projeto_de_lei_n_339_2023_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/329/projeto_de_lei_n_340_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/328/projeto_de_lei_n_341_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/327/projeto_de_lei_n_342_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/326/projeto_de_lei_n_343_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/325/projeto_de_lei_n_344_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/324/projeto_de_lei_n_345_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/323/projeto_de_lei_n_346_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/322/projeto_de_lei_n_347_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/321/projeto_de_lei_n_348_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/320/projeto_de_lei_n_349_2023_autor_ednarte_silveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/319/projeto_de_lei_n_350_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/318/projeto_de_lei_n_351_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/317/projeto_de_lei_n_352_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/316/projeto_de_lei_n_353_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/315/projeto_de_lei_n_354_2023_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/314/projeto_de_lei_n_355_2023_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/313/projeto_de_lei_n_356_2023_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/179/projeto_de_lei_n_357_2023_autor_charton_rego_mdb_aprovado_20231027_0001.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/312/projeto_de_lei_n_358_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/311/projeto_de_lei_n_359_2023_autor_poder_executivo_20230728_0001.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/310/projeto_de_lei_n_360_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/309/projeto_de_lei_n_361_2023_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/308/projeto_de_lei_n_362_2023_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/182/projeto_de_lei_n_363_2023_-_autor_railton_diogenes_mdb.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/307/projeto_de_lei_n_364_2023_-_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/306/projeto_de_lei_n_365_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/305/projeto_de_lei_366_2023_autor__20230505_0001.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/304/projeto_de_lei_n_367_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/303/projeto_de_lei_n_368_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/302/projeto_de_lei_n_369_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/301/projeto_de_lei_n_370_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/176/projeto_de_lei_n_371_2023_-_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/300/projeto_de_lei_n_372_2023_-_autor_poder_legislativo_complementar.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/177/projeto_de_lei_n_373_2023_-_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/299/projeto_de_lei_n_374_2023_-_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/298/projeto_de_lei_n_375_2023_-_autor_laete_oliveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/297/projeto_de_lei_n_376_2023_autor_charton_rego_mdb_20230517_0001.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/296/projeto_de_lei_n_377_2023_autor_poder_executivo_20230728_0001.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/295/projeto_de_lei_n_378_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/294/projeto_de_lei_n_379_2023_-_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/181/projeto_de_lei_n_380_2023_autor_junior_carlos_oficial_20230824_0001.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/178/projeto_de_lei_n_381_2023_-_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/293/projeto_de_lei_n_382_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/292/projeto_de_lei_n_383_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/291/projeto_de_lei_n_384_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/290/projeto_de_lei_n_385_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/289/projeto_de_lei_n_386_2023_-_autor_laete_oliveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/288/projeto_de_lei_n_387_2023_-_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/183/projeto_de_lei_n_388_2023_-_autor_railton_diogenes_mdb.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/287/projeto_de_lei_n_389_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/286/projeto_de_lei_n_390_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/285/projeto_de_lei_n_391_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/284/projeto_de_lei_n_392_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/283/projeto_de_lei_n_393_2023_-_autor_mesa_diretora_2023_2024.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1/projeto_de_lei_n_394_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/2/projeto_de_lei_n_395_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/3/projeto_de_lei_n_396_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/4/projeto_de_lei_n_397_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/5/projeto_de_lei_n_398_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/6/projeto_de_lei_n_399_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/7/projeto_de_lei_n_400_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/8/projeto_de_lei_n_401_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/9/projeto_de_lei_n_402_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/164/projeto_de_lei_n_403_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/387/projeto_de_lei_n_404_2023_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/388/projeto_de_lei_n_405_2023_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/389/projeto_de_lei_n_406_2023_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/581/projeto_de_lei_n_407_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/582/projeto_de_lei_n_408_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/583/projeto_de_lei_n_409_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/773/projeto_de_lei_n_410_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/774/projeto_de_lei_n_411_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/775/projeto_de_lei_n_412_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/776/projeto_de_lei_n_413_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/777/projeto_de_lei_n_414_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/778/projeto_de_lei_n_415_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/784/projeto_de_lei_n_416_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1088/projeto_de_lei_n_417_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1089/projeto_de_lei_n_418_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1090/projeto_de_lei_n_419_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1100/projeto_de_lei_n_420_2023_-_autor_laete_oliveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1101/projeto_de_lei_n_421_2023_-_autor_laete_oliveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1103/projeto_de_lei_n_422_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1104/projeto_de_lei_n_423_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1356/projeto_de_lei_n_424_2023_autor_poder_executivo_20230904_0001.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1436/projeto_de_lei_n_425_2023_-_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1437/projeto_de_lei_n_426_2023_-_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1438/projeto_de_lei_n_427_2023_-_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1532/projeto_de_lei_n_428_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1533/projeto_de_lei_n_429_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1534/projeto_de_lei_n_430_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1535/projeto_de_lei_n_431_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1536/projeto_de_lei_n_432_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1537/projeto_de_lei_n_433_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1538/projeto_de_lei_n_434_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1539/projeto_de_lei_n_435_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1543/projeto_de_lei_n_436_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1544/projeto_de_lei_n_437_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1545/projeto_de_lei_n_438_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1546/projeto_de_lei_n_439_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1547/projeto_de_lei_n_440_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1548/projeto_de_lei_n_441_2023_-_autor_laete_oliveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1594/projeto_de_lei_n_442_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1595/projeto_de_lei_n_443_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1596/projeto_de_lei_n_444_2023_-_autor_railton_diogenes_mdb.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1676/projeto_de_lei_n_445_2023_autor_laete_oliveira_mdb_20230918_0001.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1681/projeto_de_lei_n_446_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1682/projeto_de_lei_n_447_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1683/projeto_de_lei_n_448_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1684/projeto_de_lei_n_449_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1685/projeto_de_lei_n_450_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1686/projeto_de_lei_n_451_2023_-_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1689/projeto_de_lei_n_452_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1694/projeto_de_lei_n_453_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1699/projeto_de_lei_n_454_2023_-_autor_laete_oliveira-mdb.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1700/projeto_de_lei_n_455_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1701/projeto_de_lei_n_456_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1706/projeto_de_lei_n_457_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1713/projeto_de_lei_n_458_2023_-_loa_2024_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1715/projeto_de_lei_n_459_2023_-_autor_laete_oliveira-mdb.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1716/projeto_de_lei_n_460_2023_-_autor_charton_rego_mdb_nova_redacao_21.11.2023.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1717/projeto_de_lei_n_461_2023_-_autor_charton_rego_mdb_20231004_0001.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1718/projeto_de_lei_n_462_2023_-_autor_charton_rego_mdb_nova_redacao_21.11.2023.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1719/projeto_de_lei_n_463_2023_-_autor_charton_rego_mdb_nova_redacao_21.11.2023.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1722/projeto_de_lei_n_464_2023_-_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1723/projeto_de_lei_n_465_2023_-_autor_charton_rego_mdb_nova_redacao_21.11.2023.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1726/projeto_de_lei_n_466_2023_autor_caninde_junior_mdb_aprovado_20231027_0001.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1732/projeto_de_lei_n_467_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1734/projeto_de_lei_n_468_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1743/projeto_de_lei_n_469_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1744/projeto_de_lei_n_470_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1750/projeto_de_lei_n_471_2023_-_autor_laete_oliveira-mdb.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1751/projeto_de_lei_n_472_2023_-_autor_mesa_diretora_2023-2024_20231027_0001.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1752/projeto_de_lei_n_473_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1753/projeto_de_lei_n_474_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1754/projeto_de_lei_n_475_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1755/projeto_de_lei_n_476_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1756/projeto_de_lei_n_477_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1757/projeto_de_lei_n_478_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1758/projeto_de_lei_n_479_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1762/projeto_de_lei_n_480_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1763/projeto_de_lei_n_481_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1764/projeto_de_lei_n_482_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1765/projeto_de_lei_n_483_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1768/projeto_de_lei_n_484_2023_-_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1769/projeto_de_lei_n_485_2023_-_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1787/projeto_de_lei_n_486_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1790/projeto_de_lei_n_487_2023_-_autor_costinha_mdb.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1794/projeto_de_lei_n_488_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1795/projeto_de_lei_n_489_2023_-_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1796/projeto_de_lei_n_490_2023_-_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1797/projeto_de_lei_n_491_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1807/projeto_de_lei_n_492_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1809/projeto_de_lei_n_493_2023_-_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1810/projeto_de_lei_n_494_2023_-_autor_gilvan_alves_sd_20231128_0001.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1811/projeto_de_lei_n_495_2023_-_autor_poder_executivo_20231128_0001.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1812/projeto_de_lei_n_496_2023_autor_poder_executivo_20231128_0001.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1813/projeto_de_lei_n_497_2023_autor_poder_executivo_20231128_0001.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1814/projeto_de_lei_n_498_2023_autor_poder_legislativo_20231128_0001.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1815/projeto_de_lei_n_499_2023_autor_poder_executivo_20231129_0001.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1823/projeto_de_lei_n_500_2023_-_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1824/projeto_de_lei_n_501_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1832/projeto_de_lei_n_502_2023_autor_poder_executivo_20231206_0001.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1833/projeto_de_lei_n_503_2023_autor_poder_executivo_20231211_0001.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1835/projeto_de_lei_n_504_2023_-_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1836/projeto_de_lei_n_505_2023_-_autor_mesa_diretora_aprovado_20231218_0001.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1837/projeto_de_lei_n_506_2023_-_autor_laete_oliveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1844/projeto_de_lei_n_507_2023_autor_poder_executivo_20240108_0001.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/87/projeto_de_decreto_legislativo_n_041_2023_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/88/projeto_de_decreto_legislativo_n_042_2023_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/89/projeto_de_decreto_legislativo_n_043_2023_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/90/projeto_de_decreto_legislativo_n_044_2023_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/91/projeto_de_decreto_legislativo_n_045_2022_autor_junior_souza_mdb.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/92/projeto_de_decreto_legislativo_n_046_2022_autor_junior_souza_mdb.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/93/projeto_de_decreto_legislativo_n_047_2022_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/94/projeto_de_decreto_legislativo_n_048_2022_autor_junior_souza_mdb.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/95/projeto_de_decreto_legislativo_n_049_2022_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/96/projeto_de_decreto_legislativo_n_050_2023_autor_angelo_suassuna_sd.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/779/projeto_de_decreto_legislativo_n_051_2023_autor_carlin_de_dandao_psb.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1709/projeto_de_decreto_legislativo_n_052_2023_autor_angelo_suassuna_sd.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1830/projeto_de_decreto_legislativo_n_053_2023_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1831/decreto_legislativo_n_054_2023__autor_laete_oliveira-mdb__20231206_0001.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1843/projeto_de_decreto_legislativo_n_055_2023_autor_comissao_de_financas_e_orcamento.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/97/projeto_de_resolucao_n_049_2023_autor_alexandre_bevenuto_-_sem_partido.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/98/projeto_de_resolucao_n_050_2023_autor_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/99/projeto_de_resolucao_n_051_2023_autor_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/100/projeto_de_resolucao_n_052_2023_-_autores_diversos_20230721_0001.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/101/projeto_de_resolucao_n_053_2023_-_autor_adailton_targino_mdb_20230721_0001.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/102/projeto_de_resolucao_n_054_2023_autor_carlin_de_dandao_psb_20230721_0001.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/103/projeto_de_resolucao_n_055_2023_autor_ednarte_silveira_mdb_20230721_0001.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/104/projeto_de_resolucao_n_056_2022_autor_angelo_suassuna_ssd.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1793/projeto_de_resolucao_n_057_2023_autor_laete_nova_redacao_20241114_0001.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1839/projeto_de_resolucao_n_058_2023_autor_mesa_diretora_2023-2024.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1842/projeto_de_resolucao_n_059_2023_autor_mesa_diretora_2023-2024.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/10/indicacao_n_603_2023_autor_gilvan_alves_ssd.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/11/indicacao_n_604_2023_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/12/indicacao_n_605_2023_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/13/indicacao_n_606_2023_autor_gilvan_alves_ssd.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/14/indicacao_n_607_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/15/indicacao_n_608_2023_autores_alexandre_junior_carlos_e_carlin_de_dandao.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/16/indicacao_n_609_2023_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/17/indicacao_n_610_2023_autores_adailton_targino-mdb_e_carlin_de_dandao-psb.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/18/indicacao_n_611_2023_autor_laete_oliveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/19/indicacao_n_612_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/20/indicacao_n_613_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/21/indicacao_n_614_2023_autor_adailton_targino-mdb.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/22/indicacao_n_615_2023_autor_adailton_targino-mdb.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/23/indicacao_n_615_2023_autor_adailton_targino-mdb.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/24/indicacao_n_617_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/25/indicacao_n_618__2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/26/indicacao_n_619__2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/27/indicacao_n_620__2023_autor_railton_alves_mdb.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/28/indicacao_n_621__2023_autor_railton_alves_mdb.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/29/indicacao_n_622__2023_autor_junior_carlos_psb.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/30/indicacao_n_623__2023_autor_gilvan_alves_ssd.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/31/indicacao_n_624__2023_autor_gilvan_alves_ssd.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/32/indicacao_n_625__2023_autor_ednarte_mdb.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/33/indicacao_n_626__2023_autor_laete_oliveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/34/indicacao_n_627__2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/35/indicacao_n_728_2023_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/36/indicacao_n_629__2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/37/indicacao_n_630_2023_autor_adailton_targino-mdb.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/38/oficio_n_631_2023_autor_carlin_de_dandao_psb_20230720_0001.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/39/indicacao_n_632_2023_autor_carlin_de_dandao_psb.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/40/indicacao_n_633_2023_autor_adailton_targino-mdb.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/41/indicacao_n_634_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/42/indicacao_n_635_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/43/indicacao_n_636_2023_autor_unior_carlos_psb.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/44/indicacao_n_637_2023_autor_railton_diogenes_mdb.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/45/indicacao_n_638_2023_autor_railton_diogenes_mdb.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/46/indicacao_n_639_2023_autor_railton_diogenes_mdb.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/47/indicacao_n_640_2023_autor_railton_diogenes_mdb.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/48/indicacao_n_641_2023_autor_angelo_de_dagmar_ssd.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/49/indicacao_n_642_2023_autor_filipe_gus.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/126/indicacao_n_643_2023_autor_carlin_de_dandao_psb.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/127/indicacao_n_644_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/128/indicacao_n_645_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/129/indicacao_n_646_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/130/indicacao_n_647_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/131/indicacao_n_648_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/132/indicacao_n_649_2023_autor_carlin_de_dandao_psb.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/133/indicacao_n_650_2023_autor_carlin_de_dandao_psb.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/134/indicacao_n_651_2023_autor_carlin_de_dandao_psb.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/135/indicacao_n_652_2023_autor_carlin_de_dandao_psb.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/136/indicacao_n_643_2023_autor_carlin_de_dandao_psb.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/137/indicacao_n_654_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/138/indicacao_n_655_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/139/indicacao_n_656_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/140/indicacao_n_657_2023_autor_adailton_targino-mdb.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/141/indicacao_n_658_2023_autor_filipe_gustavo_pl.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/142/indicacao_n_659__2023_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/143/indicacao_n_660__2023_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/144/indicacao_n_661_2023_autor_filipe_gustavo_pl.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/145/indicacao_n_662_2023_autor_junior_carlos_psb.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/146/indicacao_n_663_2023_autor_junior_carlos_psb.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/147/indicacao_n_640_2023_autor_junior_carlos_psb__20230725_0001.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/148/indicacao_n_665_2023_autor_junior_carlos_psb.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/149/indicacao_n_666_2023_autor_junior_souza_mdb.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/150/indicacao_n_667__2023_autor_laete_oliveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/151/indicacao_n_868_2024_autor_wellington_cristino_pp_20240611_0001.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/152/indicacao_n_669__2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/153/indicacao_n_670__2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/154/indicacao_n_671__2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/155/indicacao_n_672__2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/156/indicacao_n_673_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/157/indicacao_n_674_2023_autor_marcos_diogenes_mdb.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/158/indicacao_n_675_2023_autor_marcos_diogenes_mdb.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/159/indicacao_n_676_2023_autor_marcos_diogenes_mdb.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/160/indicacao_n_677_2023_autor_junior_carlos_psb.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/162/indicacao_n_679_2023_autor_laete_oliveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/163/indicacao_n_680_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/189/indicacao_n_681_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/190/indicacao_n_682_2023_autor_junior_carlos_psb.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/191/indicacao_n_683_2023_autor_junior_carlos_psb.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/192/indicacao_n_684_2023_autor_junior_carlos_psb.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/193/indicacao_n_685_2023_autor_adailton_targino_mdb_20230503_0001.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/194/indicacao_n_686_2023_autor_ednarte_silveira_mdb_20230503_0001.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/195/indicacao_n_687_2023_autor_ednarte_silveira_mdb_20230503_0001.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/196/indicacao_n_688_2023_autor_andreazo_alves_pl_20230503_0001.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/197/indicacao_n_689_2023_autor_andreazo_alves_pl_20230503_0001.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/198/indicacao_n_690_2023_autor_andreazo_alves_pl_20230503_0001.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/199/indicacao_n_691_2023_autor_adailton_targino_mdb_20230503_0001.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/200/indicacao_n_692_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/201/indicacao_n_693_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/202/indicacao_n_694_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/203/indicacao_n_695_2023_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/204/indicacao_n_696_2023_autor_ednarte_silveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/205/indicacao_n_697_2023_autor_laete_oliveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/206/indicacao_n_698_2023_autor_laete_oliveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/207/indicacao_n_699_2023_autor_laete_oliveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/208/indicacao_n_700_2023_autor_laete_oliveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/209/indicacao_n_701_2023_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/210/indicacao_n_702_2023_autor_railton_diogenes_mdb.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/211/indicacao_n_703_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/212/indicacao_n_704_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/213/indicacao_n_705_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/214/indicacao_n_706_2023_autor_gilvan_alves_ssd.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/215/indicacao_n_707_2023_autor_gilvan_alves_ssd.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/216/indicacao_n_708_2023_autor_gilvan_alves_ssd.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/217/indicacao_n_709_2023_autor_gilvan_alves_ssd.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/218/indicacao_n_710_2023_autor_ednarte_silveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/219/indicacao_n_711_2023_autor_laete_oliveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/220/indicacao_n_712_2023_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/221/indicacao_n_713_2023_autor_laete_oliveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/222/indicacao_n_714_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/223/indicacao_n_715_2023_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/224/indicacao_n_716_2023_autor_carlos_alexandre_-_sem_partido.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/225/indicacao_n_717_2023_autor_ednarte_silveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/226/indicacao_n_718_2023_autor_filipe_gustavo_pl.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/227/indicacao_n_719_2023_autor_carlin_de_dandao_psb.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/228/indicacao_n_720_2023_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/229/indicacao_n_721_2023_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/230/indicacao_n_722_2023_autor_filipe_gustavo_pl.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/231/indicacao_n_723_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/232/indicacao_n_724_2023_autor_carlin_de_dandao_psb.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/233/indicacao_n_725_2023_autor_carlin_de_dandao_psb.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/234/indicacao_n_726_2023_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/235/indicacao_n_727_2023_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/236/indicacao_n_728_2023_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/237/indicacao_n_729_2023_autor_carlin_de_dandao_psb.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/238/indicacao_n_730_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/239/indicacao_n_731_2023_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/240/indicacao_n_732_2023_autor_filipe_gustavo_pl.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/241/indicacao_n_733_2023_autor_laete_oliveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/242/indicacao_n_734_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/243/indicacao_n_735_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/244/indicacao_n_736_2023_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/245/indicacao_n_737_2023_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/246/indicacao_n_738_2023_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/247/indicacao_n_739_2023_autor_gilvan_alves_sd.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/248/indicacao_n_741_2023_autor_gilvan_alves_sd.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/249/indicacao_n_741_2023_autor_gilvan_alves_sd.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/250/indicacao_n_742_2023_autor_junior_souza_mdb.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/251/indicacao_n_743_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/252/indicacao_n_744_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/253/indicacao_n_745_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/254/indicacao_n_746_2023_autor_ednarte_silveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/255/indicacao_n_747_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/604/indicacao_n_749_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/793/indicacao_n_750_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/794/indicacao_n_751_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/795/indicacao_n_752_2023_autor_junior_carlos_psb.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1091/indicacao_n_753_2023_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1092/indicacao_n_754_2023_autor_railton_diogenes_mdb.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1093/indicacao_n_755_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1094/indicacao_n_756_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1095/indicacao_n_757_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1105/indicacao_n_758_2022_autor_gilvan_alves_sd.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1106/indicacao_n_759_2022_autor_ednarte_silveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1107/indicacao_n_760_2022_autor_ednarte_silveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1108/indicacao_n_761_2022_autor_ednarte_silveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1285/indicacao_n_762_2023_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1286/indicacao_n_763_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1287/indicacao_n_764_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1288/indicacao_n_765_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1319/indicacao_n_766_2023_autor_ednarte_silveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1320/indicacao_n_767_2023_autor_ednarte_silveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1321/indicacao_n_768_2023_autor_junior_carlos_psb.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1439/indicacao_n_769_2023_autor_ednarte_silveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1440/indicacao_n_770_2023_autor_ednarte_silveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1441/indicacao_n_771_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1442/indicacao_n_772_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1443/indicacao_n_773_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1519/indicacao_n_774_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1520/indicacao_n_775_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1521/indicacao_n_776_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1542/indicacao_n_777__2023__autor_junior_carlos_psb.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1697/indicacao_n_778_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1698/indicacao_n_779_2023_autor_angelo_suassuna_sd.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1703/indicacao_n_780_2023_autor_carlin_de_dandao_psb.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1704/indicacao_n_781_2023_autor_carlin_de_dandao_psb.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1705/indicacao_n_782_2023_autor_carlin_de_dandao_psb.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1710/indicacao_n_783_2023_autor_laete_oliveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1714/indicacao_n_784_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1728/indicacao_n_785_2023_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1729/indicacao_n_786_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1730/indicacao_n_787_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1731/indicacao_n_788_2023_autor_gilvan_alves_sd.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1737/indicacao_n_789_2023_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1738/indicacao_n_790_2023_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1739/indicacao_n_791_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1741/indicacao_n_792_2023_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1745/indicacao_n_793_2023_autor_laete_oliveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1746/indicacao_n_794_2023_autor_carlin_de_dandao_psb.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1747/indicacao_n_795_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1748/indicacao_n_796_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1767/indicacao_n_797_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1773/indicacao_n_798_2023_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1774/indicacao_n_799_2023_autor_filipe_gustavo_pl.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1775/indicacao_n_800_2023_autor_filipe_gustavo_pl.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1776/indicacao_n_801_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1777/indicacao_n_802_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1778/indicacao_n_803_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1779/indicacao_n_804_2023_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1780/indicacao_n_805_2023_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1781/indicacao_n_806_2023_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1782/indicacao_n_807_2023_autor_carlin_de_dandao_psb.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1784/indicacao_n_808_2023_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1785/indicacao_n_809_2023_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1786/indicacao_n_810_2023_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1788/indicacao_n_811_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1800/indicacao_n_812_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1801/indicacao_n_813_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1808/indicacao_n_814_2023_-_autor_charton_rego_mdb_20231123_0002.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1816/indicacao_n_815_2023_autor_carlin_de_dandao_psb_20231129_0001.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1817/indicacao_n_816_2023_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1818/indicacao_n_817_2023_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1828/indicacao_n_818_2023_autor_laete_oliveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1829/indicacao_n_819_2023_autor_laete_oliveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/50/requerimento_n_146_2022_autor_andreazo_alves_-_pl.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/51/requerimento_n_147_2022_autores_alexandre_junior_carlos_e_carlin_de_dandao.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/52/requerimento_n_148_2022_autores_alexandre_junior_carlos_e_carlin_de_dandao.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/53/requerimento_n_149_2023_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/54/requerimento_n_150_2023_autor_andreazo_alves_-_pl.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/55/requerimento_n_151_2023_autor_alexandre_bevenuto_sem_partido.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/56/requerimento_n_152_2023_autor_alexandre_bevenuto_sem_partido.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/57/requerimento_n_153_2023_autor_poder_legislativo.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/58/requerimento_n_154_2023_autor_railton_diogenes_mdb_subscrito_angelo-ssd_e_carlin_de_dandao-psb.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/59/requerimento_n_155_2023_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/60/requerimento_n_156_2023_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/61/requerimento_n_157_2023_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/62/requerimento_n_158_2023_autor_alexandre_bevenuto_sem_partido.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/63/requerimento_n_159_2023_autor_filipe_gustavo_pl.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/64/requerimento_n_160_2023_autor_alexandre_bevenuto_sem_partido.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/65/requerimento_n_161_2023_autor_alexandre_bevenuto_sem_partido.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/66/requerimento_n_162_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/67/requerimento_n_163_2023_autor_junior_carlos_psb.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/68/requerimento_n_162_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/69/requerimento_n_165_2023_autor_alexandre_bevenuto_sem_partido.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/70/requerimento_n_166_2023_autor_gilvan_alves_ssd.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/71/requerimento_n_167_2023_autor_alexandre_bevenuto_sem_partido.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/72/requerimento_n_168_2023_autor_alexandre_bevenuto_sem_partido.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/73/requerimento_n_169_2023_autor_junior_carlos_psb.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/74/requerimento_n_170_2023_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/75/requerimento_n_171_2023_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/76/requerimento_n_172_2023_autor_junior_carlos_psb.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/77/requerimento_n_173_2023_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/78/requerimento_n_174_2023_autor_alexandre_bevenuto_sem_partido.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/79/requerimento_n_175_2023_autor_alexandre_bevenuto_sem_partido.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/80/requerimento_n_176_2023_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/81/requerimento_n_177_2023_autor_marcos_almeida_mdb.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/82/requerimento_n_178_2023_autor_alexandre_bevenuto_sem_partido.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/83/requerimento_n_179_2023_autor_frente_parlamentar_da_agricultura_familiar_da_pesca_e_do_esporte_amador.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/84/requerimento_n_180_2023_autor_carlin_de_dandao_psb.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/85/requerimento_n_181_2023_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/86/requerimento_n_182_2023_autor_alexandre_bevenuto_sem_partido.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/622/requerimento_n_183_2023_autor_laete_oliveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/685/requerimento_n_184_2023_autor_junior_carlos_psb.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/686/requerimento_n_185_2023_autor_junior_carlos_psb.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/687/requerimento_n_186_2023_autor_junior_carlos_psb.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/791/requerimento_n_187_2023_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/792/requerimento_n_188_2023_autor_junior_carlos_psb.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/835/requerimento_n_189_2023_autor_laete_oliveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1098/requerimento_n_190_2023_autor_angelo_suassuna_sd.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1099/requerimento_n_191_2023_autor_laete_oliveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1278/requerimento_n_192_2023_autor_angelo_suassuna_sd.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1357/requerimento_n_193_2023_-_licenca_do_cargo_de_vereador_20230831_0001.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1540/requerimento_n_194_2023_autor_alexandre_bevenuto_sem_partido.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1541/requerimento_n_195_2023_autor_vereadores_da_oposicao.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1687/requerimento_n_196_2023_autor_railton_diogenes_mdb.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1695/requerimento_n_197_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1696/requerimento_n_198_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1707/requerimento_n_199_2023_autor_gilvan_alves_sd.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1721/requerimento_n_200_2023_autor_poder_legislativo.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1727/requerimento_n_201_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1735/requerimento_n_202_2023_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1736/requerimento_n_203_2023_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1742/requerimento_n_204_2023_autor_gilvan_alves_sd.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1770/requerimento_n_205_2023_autor_alexandre_bevenuto_sem_partido.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1798/requerimento_n_206_2023_autor_alexandre_bevenuto_sem_partido.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1799/requerimento_n_207_2023_autor_laete_oliveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1803/requerimento_n_208_2023_-_autor_poder_legislativo_20231123_0001.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/105/mocao_de_pesar_maurilio_contador_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/106/mocao_de_pesar_deusdeth_albuquerque_autor_junior_souza_mdb.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/107/mocao_de_pesar_jose_hilario_costa_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/108/mocao_de_pesar_moises_oliveira_freire_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/109/mocao_de_pesar_alcineide_maria_da_costa_autor_gilvan_alves_ssd.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/110/mocao_de_pesar_moises_oliveira_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/111/mocao_de_pesar_ze_de_trincha_autor_alexandre_bevenuto_sem_partido.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/112/mocao_de_pesar_gorete_do_carmo_autor_alexandre_bevenuto_sem_partido.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/113/mocao_de_pesar_ze_eduardo_autor_alexandre_bevenuto_sem_partido.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/114/mocao_de_pesar_lenice_autor_alexandre_bevenuto_sem_partido.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/115/mocao_de_pesar_sebastiao_paiva_autor_gilvan_alves_ssd.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/116/mocao_de_pesar_rita_de_cassia_regis_rego_autor_junior_souza_mdb.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/117/mocao_de_francisca_targino_de_oliveira_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/118/mocao_de_pesar_luzimar_sena_autor_poder_legislativo.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/119/mocao_de_pesar_sebastiao_augusto_autor_ednarte_silveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/120/mocao_de_pesar_maria_elza_silveira_de_souza_autor_ednarte_silveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/121/mocao_de_pesar_alcigere_izaque_targino_da_costa_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/122/mocao_de_pesar_joao_de_deus_de_oliveira_autor_ednarte_silveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/123/mocao_de_pesar_lucas_gomes_pinto_autor_ednarte_silveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/653/mocao_de_pesar_messon_autor_gilvan_alves_ssd.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/684/mocao_de_pesar_maria_antonia_da_conceicao_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/688/mocao_de_pesar_maria_de_lourdes_gama_autores_gilvan_alves_ssd_e_filipe_gustavo-pl.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/689/mocao_de_pesar_raimundo_marcelino_de_carvalho_autor_ednarte_silveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/780/mocao_de_pesar_layrton_de_lima_soares_autor_ednarte_silveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/836/mocao_de_pesar_maria_da_salete_costa_e_silva_pacci_autor_carlin_de_dandao_psb.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/837/mocao_de_pesar_luis_alves_de_castro_autor_angelo_suassuna_sd.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1139/mocao_de_pesar_gilson_leite_de_oliveira_autor_poder_legislativo.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1322/mocao_de_pesar_laercio__marinho_autor_poder_legislativo__20230901_0001.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1323/mocao_de_pesar_zenilson_marinho_autor_poder_legislativo__20230901_0001.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1324/mocao_de_pesar_ronaldo_fernandes_de_oliveira_autor_alexandre_bevenuto.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1702/mocao_de_pesar_apolonio_germano_autor_poder_legislativo.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1711/mocao_de_pesar_tio_dequinha_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1712/mocao_de_pesar_antonio_kleiber_viana_de_morais_autor_gilvan_alves_ssd.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1740/mocao_de_pesar_vaci_autor_caninde_torres_mdb.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1761/mocao_de_pesar_joana_moreira_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1804/mocao_de_pesar_-_autor_filipe_gustavo_pl_20231123_0001.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/124/mocao_de_aplausos_e_congratulacoes_apodi_futsal_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/125/mocao_de_aplausos_e_congratulacoes_parreira_e_sda_autor_carlos_alexandre_-sem_pardio.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/256/mocao_de_aplausos_e_congratulacoes_parreira_e_sda_autor_adailton-mdb.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/257/mocao_de_aplausos_e_congratulacoes_humberto_bandeira_filho_autor_filipe_gustavo_pl.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/258/mocao_de_aplausos_e_congratulacoes_elison_mayard_autor_filipe_gustavo_pl.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/259/mocao_de_aplausos_e_congratulacoes_demolay_20230310_0001.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/260/mocao_de_aplausos_e_congratulacoes_mulheres_destques_autor_poder_legislativo.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/261/mocao_de_aplausos_e_congratulacoes_mulheres_empreendedoras_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/262/mocao_de_aplausos_e_congratulacoes_lourdes_bezerra_autor_junior_souza_mdb.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/263/mocao_de_aplausos_e_congratulacoes_antonio_oliveira_de_morais_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/264/mocao_de_aplausos_e_congratulacoes_francisco_elmo_alves_torres_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/265/mocao_de_aplausos_e_congratulacoes_gessione_morais_da_silva_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/266/mocao_de_aplausos_e_congratulacoes_francisco_de_assis_marinho_morais_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/267/mocao_de_aplausos_e_congratulacoes_maria_auxiliadora_da_silva_maia_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/268/mocao_de_aplausos_e_congratulacoes_uniao_dos_mecanicos_de_apodi_autor_comissao_de_defesa_do_meio_ambiente.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/269/mocao_de_aplausos_e_congratulacoes_5o_trilhao_da_areia_autor_marcos_diogenes_mdb.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/270/mocao_de_aplausos_e_congratulacoes_keiber_roberto_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/271/mocao_de_aplausos_e_congratulacoes_maria_das_gracas_charton_re_20230512_0001.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/272/mocao_de_aplausos_e_congratulacoes_joelma_sena_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/273/mocao_de_aplausos_e_congratulacoes_time_futsal_apodi_autor_railton_diogenes_mdb.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/274/mocao_de_aplausos_e_congratulacoes_jovens_humorista_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/275/mocao_de_aplausos_e_congratulacoes_keike_rosalina_autor_laete_oliveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/276/mocao_de_aplausos_e_congratulacoes_funcionarios_da_assistencia_social_autor_laete_oliveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/277/mocao_de_aplausos_e_congratulacoes_walceli_marinho_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/278/mocao_de_aplausos_e_congratulacoes_kenedy_e_pedro_henrique_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/279/mocao_de_aplausos_e_congratulacoes_eletricistas_autor_laete_oliveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/280/mocao_de_aplausos_e_congratulacoes_wendell_morais_autor_junior_souza_mdb.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/281/mocao_de_aplausos_e_congratulacoes_agricultores_autor_laete_oliveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/282/mocao_de_aplausos_e_congratulacoes_petinha_autor_carlin_de_dandao_psb.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/619/mocao_de_aplausos_e_congratulacoes_lanna_rebeca_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/620/mocao_de_aplausos_e_congratulacoes_jose_eric_da_silva_queiroz_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/621/mocao_de_aplausos_e_congratulacoes_ana_luiza_targino_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1096/mocao_de_aplausos_e_congratulacoes_zildete_keila_da_silva_ferreira_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1097/mocao_de_aplausos_e_congratulacoes_marcos_gil_da_costa_oliveira_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1279/mocao_de_aplausos_e_congratulacoes_ana_beatriz_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1280/mocao_de_aplausos_e_congratulacoes_maria_julia_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1281/mocao_de_aplausos_e_congratulacoes_miguel_nunes_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1282/mocao_de_aplausos_e_congratulacoes_isaac_tarcio_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1283/mocao_de_aplausos_e_congratulacoes_lidia_emanuely_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1284/mocao_de_aplausos_e_congratulacoes_laura_pinto_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1289/mocao_de_aplausos_e_congratulacoes_banda_grafith_autor_junior_carlos_psb.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1444/mocao_de_aplausos_e_congratulacoes_zacarias_targino_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1522/mocao_de_apoio_autor_alexandre_bevenuto__20230915_0001.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1677/mocao_de_aplausos_e_congratulacoes_joelma_pinto_autor_adailton_20230918_0001.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1678/mocao_de_aplausos_e_congratulacoes_mayara_autor_adailton_20230918_0001.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1679/mocao_de_aplausos_e_congratulacoes_hodalissa_autor_adailton_20230918_0001.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1680/mocao_de_aplausos_e_congratulacoes_juliana_autor_adailton_20230918_0001.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1688/mocao_de_aplausos_e_congratulacoes_25_presbiteriana_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1720/mocao_de_aplausos_e_congratulacoes_feira_brasileira_de_iniciacao_cientifica_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1724/mocao_de_aplausos_e_congratulacoes_cinthia_raquel_targino_holanda_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1725/mocao_de_aplausos_e_congratulacoes_atrativo_natural_para_abelhas_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1733/mocao_de_aplausos_e_congratulacoes_cleide_regina_camara_autores_adailton_targino_mdb_e_gilvan_alves_sd.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1749/mocao_de_aplausos_e_congratulacoes_paulo_sidney_gomes_silva_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1759/mocao_de_aplausos_e_congratulacoes_standwithus_brasil_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1760/mocao_de_aplausos_e_congratulacoes_oeste_sem_filtro_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1766/mocao_de_aplausos_e_congratulacoes_igreja_assembleia_de_deus_apodi_autor_laete_oliveira_mdb.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1771/mocao__de_aplausos_e_congratulacoes_apodi_fustsal_copa_do_brasil_autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1772/mocao__de_aplausos_e_congratulacoes_time_feminino_de_futsal_ifrn__autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1783/mocao_de_aplausos_e_congratulacoes_agricola_famosa_s_a_autor_charton_rego_mdb.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1789/mocao_de_aplausos_e_congratulacoes_acema_autor_adailton_targino_mdb.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1791/mocao_de_aplausos_e_congratulacoes_facuc_10_anos_autor_junior_souza_mdb.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1792/mocao_de_aplausos_e_congratulacoes_tcm_6_anos_autor_junior_souza_mdb.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1802/mocao__de_aplausos_e_congratulacoes_professora_jane_-_mery_nunes__autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1805/mocao_de_aplausos_e_congratulacoes_algodao_autor_adailton_20231123_0001.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1806/mocao_de_aplausos_e_congratulacoes__autor_charton_rego-_mdb_20231124_0001.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1819/mocao__de_aplausos_e_congratulacoes_eliene_bezerra__autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1820/mocao__de_aplausos_e_congratulacoes_nicelia__autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1821/mocao__de_aplausos_e_congratulacoes_rafael___autor_andreazo_alves_pl.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1822/mocao_de_aplausos_e_congratulacoes_professores_luciana_e_tassio__autor_charton_rego-_mdb.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1825/mocao_de_aplausos_e_congratulacoes_david_marroque_autor_andr_20231205_0001.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1826/mocao_de_aplausos_e_congratulacoes_igreja_de_cristo_autor_andr_20231205_0001.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1827/mocao_de_aplausos_e_congratulacoes_keila_autor_andreazo_alves__20231205_0001.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1834/mocao_de_aplausos_e_congratulacoes_berg_motos_autor_adailton_targino.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1838/mocao_de_aplausos_e_congratulacoes_olinto_potiguar_autor_junior_souza_mdb.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1693/veto_integral_ao_projeto_de_lei_no_094_2021_poder_executivo_autor_do_projeto_de_lei_vereador_charton_rego-mdb.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1708/recurso_pedindo_suspensao_do_ato_da_mesa_diretora_n_32_2023__20230929_0001.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.apodi.rn.leg.br/media/sapl/public/materialegislativa/2023/1948/balanco_anual_2022_-_completo_-_poder_executivo.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H615"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="41.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="109.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="180.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="179.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>